--- v0 (2025-10-08)
+++ v1 (2026-03-17)
@@ -4,490 +4,956 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="22527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\AForster\Documents\SuperUser\Crofts and Small Farms\CG\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://scotrural-my.sharepoint.com/personal/smacdonald_sruc_ac_uk/Documents/FAS Croft and Small Farm/Events and outputs by year/Events 2025_2026/CG Finance/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{36E102C3-0A91-47F1-BB64-7C5845213A11}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="72" documentId="8_{BB46887E-1A25-465E-924D-410AA9D5EFED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4C1D0185-6493-4FFA-8126-C8C6B228C34E}"/>
   <bookViews>
-    <workbookView xWindow="3420" yWindow="3420" windowWidth="21600" windowHeight="11325" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Steps - please read first!" sheetId="4" r:id="rId1"/>
     <sheet name="Shareholder TSE sheet" sheetId="10" r:id="rId2"/>
     <sheet name="Grazing Fund Admin" sheetId="7" r:id="rId3"/>
     <sheet name="Notice &amp; Cost Division" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Grazing Fund Admin'!$A$1:$F$136</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'Notice &amp; Cost Division'!$A$1:$H$42</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Grazing Fund Admin'!$A$1:$F$101</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Shareholder TSE sheet'!$A$1:$J$92</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Notice &amp; Cost Division'!$25:$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I11" i="10" l="1"/>
+  <c r="I89" i="10" l="1"/>
+  <c r="C106" i="1" s="1"/>
+  <c r="I21" i="10"/>
+  <c r="I22" i="10"/>
+  <c r="I23" i="10"/>
+  <c r="I24" i="10"/>
+  <c r="I25" i="10"/>
+  <c r="I26" i="10"/>
+  <c r="I27" i="10"/>
+  <c r="C44" i="1" s="1"/>
+  <c r="I28" i="10"/>
+  <c r="C45" i="1" s="1"/>
+  <c r="I29" i="10"/>
+  <c r="I30" i="10"/>
+  <c r="I31" i="10"/>
+  <c r="I32" i="10"/>
+  <c r="I33" i="10"/>
+  <c r="I34" i="10"/>
+  <c r="I35" i="10"/>
+  <c r="C52" i="1" s="1"/>
+  <c r="I36" i="10"/>
+  <c r="C53" i="1" s="1"/>
+  <c r="I37" i="10"/>
+  <c r="I38" i="10"/>
+  <c r="I39" i="10"/>
+  <c r="I40" i="10"/>
+  <c r="I41" i="10"/>
+  <c r="I42" i="10"/>
+  <c r="I43" i="10"/>
+  <c r="C60" i="1" s="1"/>
+  <c r="I44" i="10"/>
+  <c r="C61" i="1" s="1"/>
+  <c r="I45" i="10"/>
+  <c r="I46" i="10"/>
+  <c r="I47" i="10"/>
+  <c r="I48" i="10"/>
+  <c r="I49" i="10"/>
+  <c r="I50" i="10"/>
+  <c r="I51" i="10"/>
+  <c r="C68" i="1" s="1"/>
+  <c r="I52" i="10"/>
+  <c r="C69" i="1" s="1"/>
+  <c r="I53" i="10"/>
+  <c r="I54" i="10"/>
+  <c r="I55" i="10"/>
+  <c r="I56" i="10"/>
+  <c r="I57" i="10"/>
+  <c r="I58" i="10"/>
+  <c r="I59" i="10"/>
+  <c r="C76" i="1" s="1"/>
+  <c r="I60" i="10"/>
+  <c r="C77" i="1" s="1"/>
+  <c r="I61" i="10"/>
+  <c r="I62" i="10"/>
+  <c r="I63" i="10"/>
+  <c r="I64" i="10"/>
+  <c r="I65" i="10"/>
+  <c r="I66" i="10"/>
+  <c r="I67" i="10"/>
+  <c r="C84" i="1" s="1"/>
+  <c r="I68" i="10"/>
+  <c r="C85" i="1" s="1"/>
+  <c r="I69" i="10"/>
+  <c r="I70" i="10"/>
+  <c r="I71" i="10"/>
+  <c r="I72" i="10"/>
+  <c r="I73" i="10"/>
+  <c r="I74" i="10"/>
+  <c r="I75" i="10"/>
+  <c r="C92" i="1" s="1"/>
+  <c r="I76" i="10"/>
+  <c r="I77" i="10"/>
+  <c r="I78" i="10"/>
+  <c r="I79" i="10"/>
+  <c r="I80" i="10"/>
+  <c r="I81" i="10"/>
+  <c r="C98" i="1" s="1"/>
+  <c r="I82" i="10"/>
+  <c r="I83" i="10"/>
+  <c r="C100" i="1" s="1"/>
+  <c r="I84" i="10"/>
+  <c r="C101" i="1" s="1"/>
+  <c r="I85" i="10"/>
+  <c r="I86" i="10"/>
+  <c r="C103" i="1" s="1"/>
+  <c r="I87" i="10"/>
+  <c r="C104" i="1" s="1"/>
+  <c r="I88" i="10"/>
+  <c r="C105" i="1" s="1"/>
+  <c r="B107" i="1"/>
+  <c r="B105" i="1"/>
+  <c r="B106" i="1"/>
+  <c r="B101" i="1"/>
+  <c r="B102" i="1"/>
+  <c r="C102" i="1"/>
+  <c r="B103" i="1"/>
+  <c r="B104" i="1"/>
+  <c r="B91" i="1"/>
+  <c r="C91" i="1"/>
+  <c r="B92" i="1"/>
+  <c r="B93" i="1"/>
+  <c r="C93" i="1"/>
+  <c r="B94" i="1"/>
+  <c r="C94" i="1"/>
+  <c r="B95" i="1"/>
+  <c r="C95" i="1"/>
+  <c r="B96" i="1"/>
+  <c r="C96" i="1"/>
+  <c r="B97" i="1"/>
+  <c r="C97" i="1"/>
+  <c r="B98" i="1"/>
+  <c r="B99" i="1"/>
+  <c r="C99" i="1"/>
+  <c r="B100" i="1"/>
+  <c r="B38" i="1"/>
+  <c r="C38" i="1"/>
+  <c r="B39" i="1"/>
+  <c r="C39" i="1"/>
+  <c r="B40" i="1"/>
+  <c r="C40" i="1"/>
+  <c r="B41" i="1"/>
+  <c r="C41" i="1"/>
+  <c r="B42" i="1"/>
+  <c r="C42" i="1"/>
+  <c r="B43" i="1"/>
+  <c r="C43" i="1"/>
+  <c r="B44" i="1"/>
+  <c r="B45" i="1"/>
+  <c r="B46" i="1"/>
+  <c r="C46" i="1"/>
+  <c r="B47" i="1"/>
+  <c r="C47" i="1"/>
+  <c r="B48" i="1"/>
+  <c r="C48" i="1"/>
+  <c r="B49" i="1"/>
+  <c r="C49" i="1"/>
+  <c r="B50" i="1"/>
+  <c r="C50" i="1"/>
+  <c r="B51" i="1"/>
+  <c r="C51" i="1"/>
+  <c r="B52" i="1"/>
+  <c r="B53" i="1"/>
+  <c r="B54" i="1"/>
+  <c r="C54" i="1"/>
+  <c r="B55" i="1"/>
+  <c r="C55" i="1"/>
+  <c r="B56" i="1"/>
+  <c r="C56" i="1"/>
+  <c r="B57" i="1"/>
+  <c r="C57" i="1"/>
+  <c r="B58" i="1"/>
+  <c r="C58" i="1"/>
+  <c r="B59" i="1"/>
+  <c r="C59" i="1"/>
+  <c r="B60" i="1"/>
+  <c r="B61" i="1"/>
+  <c r="B62" i="1"/>
+  <c r="C62" i="1"/>
+  <c r="B63" i="1"/>
+  <c r="C63" i="1"/>
+  <c r="B64" i="1"/>
+  <c r="C64" i="1"/>
+  <c r="B65" i="1"/>
+  <c r="C65" i="1"/>
+  <c r="B66" i="1"/>
+  <c r="C66" i="1"/>
+  <c r="B67" i="1"/>
+  <c r="C67" i="1"/>
+  <c r="B68" i="1"/>
+  <c r="B69" i="1"/>
+  <c r="B70" i="1"/>
+  <c r="C70" i="1"/>
+  <c r="B71" i="1"/>
+  <c r="C71" i="1"/>
+  <c r="B72" i="1"/>
+  <c r="C72" i="1"/>
+  <c r="B73" i="1"/>
+  <c r="C73" i="1"/>
+  <c r="B74" i="1"/>
+  <c r="C74" i="1"/>
+  <c r="B75" i="1"/>
+  <c r="C75" i="1"/>
+  <c r="B76" i="1"/>
+  <c r="B77" i="1"/>
+  <c r="B78" i="1"/>
+  <c r="C78" i="1"/>
+  <c r="B79" i="1"/>
+  <c r="C79" i="1"/>
+  <c r="B80" i="1"/>
+  <c r="C80" i="1"/>
+  <c r="B81" i="1"/>
+  <c r="C81" i="1"/>
+  <c r="B82" i="1"/>
+  <c r="C82" i="1"/>
+  <c r="B83" i="1"/>
+  <c r="C83" i="1"/>
+  <c r="B84" i="1"/>
+  <c r="B85" i="1"/>
+  <c r="B86" i="1"/>
+  <c r="C86" i="1"/>
+  <c r="B87" i="1"/>
+  <c r="C87" i="1"/>
+  <c r="B88" i="1"/>
+  <c r="C88" i="1"/>
+  <c r="B89" i="1"/>
+  <c r="C89" i="1"/>
+  <c r="B90" i="1"/>
+  <c r="C90" i="1"/>
+  <c r="I11" i="10"/>
   <c r="I12" i="10"/>
   <c r="I13" i="10"/>
   <c r="I14" i="10"/>
   <c r="I15" i="10"/>
   <c r="I16" i="10"/>
   <c r="I17" i="10"/>
   <c r="I18" i="10"/>
   <c r="I19" i="10"/>
   <c r="I20" i="10"/>
   <c r="I10" i="10"/>
+  <c r="C27" i="1" s="1"/>
   <c r="C1" i="7"/>
-  <c r="E13" i="7" l="1"/>
+  <c r="E12" i="7" l="1"/>
   <c r="B3" i="1" l="1"/>
   <c r="G2" i="10"/>
   <c r="C37" i="1"/>
+  <c r="B22" i="7"/>
   <c r="B23" i="7"/>
   <c r="B24" i="7"/>
   <c r="B25" i="7"/>
   <c r="B26" i="7"/>
   <c r="B27" i="7"/>
   <c r="B28" i="7"/>
   <c r="B29" i="7"/>
   <c r="B30" i="7"/>
   <c r="B31" i="7"/>
   <c r="B32" i="7"/>
+  <c r="C32" i="7"/>
   <c r="B33" i="7"/>
-  <c r="C33" i="7"/>
   <c r="B34" i="7"/>
+  <c r="C34" i="7"/>
   <c r="B35" i="7"/>
-  <c r="C35" i="7"/>
   <c r="B36" i="7"/>
+  <c r="C36" i="7"/>
   <c r="B37" i="7"/>
   <c r="C37" i="7"/>
   <c r="B38" i="7"/>
-  <c r="C38" i="7"/>
   <c r="B39" i="7"/>
+  <c r="C39" i="7"/>
   <c r="B40" i="7"/>
-  <c r="C40" i="7"/>
   <c r="B41" i="7"/>
   <c r="B42" i="7"/>
   <c r="B43" i="7"/>
   <c r="B44" i="7"/>
+  <c r="C44" i="7"/>
   <c r="B45" i="7"/>
-  <c r="C45" i="7"/>
   <c r="B46" i="7"/>
+  <c r="C46" i="7"/>
   <c r="B47" i="7"/>
-  <c r="C47" i="7"/>
   <c r="B48" i="7"/>
+  <c r="C48" i="7"/>
   <c r="B49" i="7"/>
   <c r="C49" i="7"/>
   <c r="B50" i="7"/>
-  <c r="C50" i="7"/>
   <c r="B51" i="7"/>
   <c r="B52" i="7"/>
   <c r="B53" i="7"/>
   <c r="B54" i="7"/>
   <c r="B55" i="7"/>
   <c r="B56" i="7"/>
+  <c r="C56" i="7"/>
   <c r="B57" i="7"/>
   <c r="C57" i="7"/>
   <c r="B58" i="7"/>
   <c r="C58" i="7"/>
   <c r="B59" i="7"/>
-  <c r="C59" i="7"/>
   <c r="B60" i="7"/>
   <c r="B61" i="7"/>
   <c r="B62" i="7"/>
   <c r="B63" i="7"/>
   <c r="B64" i="7"/>
   <c r="B65" i="7"/>
   <c r="B66" i="7"/>
+  <c r="C66" i="7"/>
   <c r="B67" i="7"/>
-  <c r="C67" i="7"/>
   <c r="B68" i="7"/>
+  <c r="C68" i="7"/>
   <c r="B69" i="7"/>
   <c r="C69" i="7"/>
   <c r="B70" i="7"/>
-  <c r="C70" i="7"/>
   <c r="B71" i="7"/>
+  <c r="C71" i="7"/>
   <c r="B72" i="7"/>
-  <c r="C72" i="7"/>
   <c r="B73" i="7"/>
   <c r="B74" i="7"/>
   <c r="B75" i="7"/>
   <c r="B76" i="7"/>
+  <c r="C76" i="7"/>
   <c r="B77" i="7"/>
-  <c r="C77" i="7"/>
   <c r="B78" i="7"/>
+  <c r="C78" i="7"/>
   <c r="B79" i="7"/>
-  <c r="C79" i="7"/>
   <c r="B80" i="7"/>
+  <c r="C80" i="7"/>
   <c r="B81" i="7"/>
   <c r="C81" i="7"/>
   <c r="B82" i="7"/>
-  <c r="C82" i="7"/>
   <c r="B83" i="7"/>
   <c r="B84" i="7"/>
   <c r="B85" i="7"/>
   <c r="B86" i="7"/>
   <c r="B87" i="7"/>
   <c r="B88" i="7"/>
+  <c r="C88" i="7"/>
   <c r="B89" i="7"/>
   <c r="C89" i="7"/>
   <c r="B90" i="7"/>
   <c r="C90" i="7"/>
   <c r="B91" i="7"/>
-  <c r="C91" i="7"/>
   <c r="B92" i="7"/>
   <c r="B93" i="7"/>
   <c r="B94" i="7"/>
   <c r="B95" i="7"/>
   <c r="B96" i="7"/>
   <c r="B97" i="7"/>
   <c r="B98" i="7"/>
+  <c r="C98" i="7"/>
   <c r="B99" i="7"/>
-  <c r="C99" i="7"/>
   <c r="B100" i="7"/>
-  <c r="B101" i="7"/>
-[...1 lines deleted...]
-  <c r="B22" i="7"/>
+  <c r="C100" i="7"/>
+  <c r="B21" i="7"/>
   <c r="C15" i="1"/>
-  <c r="C16" i="1" s="1"/>
-  <c r="B38" i="1"/>
   <c r="B28" i="1"/>
   <c r="B29" i="1"/>
   <c r="B30" i="1"/>
   <c r="B31" i="1"/>
   <c r="B32" i="1"/>
   <c r="B33" i="1"/>
   <c r="B34" i="1"/>
   <c r="B35" i="1"/>
   <c r="B36" i="1"/>
   <c r="B37" i="1"/>
   <c r="B27" i="1"/>
-  <c r="C44" i="7"/>
+  <c r="C43" i="7"/>
+  <c r="C59" i="7"/>
   <c r="C60" i="7"/>
-  <c r="C61" i="7"/>
-[...1 lines deleted...]
-  <c r="C76" i="7"/>
+  <c r="C64" i="7"/>
+  <c r="C75" i="7"/>
+  <c r="C91" i="7"/>
   <c r="C92" i="7"/>
-  <c r="C93" i="7"/>
+  <c r="C96" i="7"/>
   <c r="C97" i="7"/>
-  <c r="C98" i="7"/>
   <c r="C29" i="1"/>
   <c r="C30" i="1"/>
   <c r="C31" i="1"/>
-  <c r="C28" i="7"/>
+  <c r="C27" i="7"/>
   <c r="C34" i="1"/>
-  <c r="C22" i="7"/>
+  <c r="C21" i="7"/>
   <c r="H90" i="10"/>
   <c r="G90" i="10"/>
-  <c r="C35" i="1" l="1"/>
-  <c r="C27" i="1"/>
+  <c r="C16" i="1" l="1"/>
+  <c r="C35" i="1"/>
   <c r="C36" i="1"/>
-  <c r="C29" i="7"/>
+  <c r="C28" i="7"/>
   <c r="C32" i="1"/>
-  <c r="C26" i="7"/>
+  <c r="C25" i="7"/>
   <c r="C28" i="1"/>
-  <c r="C24" i="7"/>
-[...3 lines deleted...]
-  <c r="C27" i="7"/>
+  <c r="C23" i="7"/>
+  <c r="C101" i="7" s="1"/>
+  <c r="C33" i="7"/>
   <c r="C74" i="7"/>
   <c r="C42" i="7"/>
+  <c r="C26" i="7"/>
   <c r="C73" i="7"/>
   <c r="C41" i="7"/>
-  <c r="C25" i="7"/>
-[...1 lines deleted...]
-  <c r="C56" i="7"/>
+  <c r="C72" i="7"/>
+  <c r="C40" i="7"/>
+  <c r="C24" i="7"/>
+  <c r="C87" i="7"/>
+  <c r="C55" i="7"/>
   <c r="C33" i="1"/>
-  <c r="C87" i="7"/>
-[...3 lines deleted...]
-  <c r="C23" i="7"/>
   <c r="C86" i="7"/>
+  <c r="C70" i="7"/>
   <c r="C54" i="7"/>
+  <c r="C38" i="7"/>
+  <c r="C22" i="7"/>
   <c r="C85" i="7"/>
   <c r="C53" i="7"/>
-  <c r="C100" i="7"/>
   <c r="C84" i="7"/>
-  <c r="C68" i="7"/>
   <c r="C52" i="7"/>
-  <c r="C36" i="7"/>
+  <c r="C99" i="7"/>
   <c r="C83" i="7"/>
+  <c r="C67" i="7"/>
   <c r="C51" i="7"/>
-  <c r="C66" i="7"/>
-[...4 lines deleted...]
-  <c r="C32" i="7"/>
+  <c r="C35" i="7"/>
+  <c r="C82" i="7"/>
+  <c r="C50" i="7"/>
+  <c r="C65" i="7"/>
   <c r="C95" i="7"/>
+  <c r="C79" i="7"/>
   <c r="C63" i="7"/>
+  <c r="C47" i="7"/>
   <c r="C31" i="7"/>
   <c r="C94" i="7"/>
-  <c r="C78" i="7"/>
   <c r="C62" i="7"/>
-  <c r="C46" i="7"/>
   <c r="C30" i="7"/>
+  <c r="C93" i="7"/>
+  <c r="C77" i="7"/>
+  <c r="C61" i="7"/>
+  <c r="C45" i="7"/>
+  <c r="C29" i="7"/>
   <c r="I90" i="10"/>
-  <c r="C110" i="7" l="1"/>
-[...4 lines deleted...]
-  <c r="D34" i="7" l="1"/>
+  <c r="I7" i="10" l="1"/>
+  <c r="C17" i="7" l="1"/>
+  <c r="C18" i="1"/>
+  <c r="D28" i="1" l="1"/>
+  <c r="D36" i="1"/>
+  <c r="D44" i="1"/>
+  <c r="D52" i="1"/>
+  <c r="D60" i="1"/>
+  <c r="D68" i="1"/>
+  <c r="D76" i="1"/>
+  <c r="D84" i="1"/>
+  <c r="D92" i="1"/>
+  <c r="D100" i="1"/>
+  <c r="D89" i="1"/>
+  <c r="D58" i="1"/>
+  <c r="D90" i="1"/>
+  <c r="D29" i="1"/>
+  <c r="D37" i="1"/>
+  <c r="D45" i="1"/>
+  <c r="D53" i="1"/>
+  <c r="D61" i="1"/>
+  <c r="D69" i="1"/>
+  <c r="D77" i="1"/>
+  <c r="D85" i="1"/>
+  <c r="D93" i="1"/>
+  <c r="D101" i="1"/>
+  <c r="D97" i="1"/>
+  <c r="D74" i="1"/>
+  <c r="D106" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="D38" i="1"/>
+  <c r="D46" i="1"/>
+  <c r="D54" i="1"/>
+  <c r="D62" i="1"/>
+  <c r="D70" i="1"/>
+  <c r="G70" i="1" s="1"/>
+  <c r="D78" i="1"/>
+  <c r="D86" i="1"/>
+  <c r="D94" i="1"/>
+  <c r="G94" i="1" s="1"/>
+  <c r="D102" i="1"/>
+  <c r="D66" i="1"/>
+  <c r="D31" i="1"/>
+  <c r="D39" i="1"/>
+  <c r="D47" i="1"/>
+  <c r="D55" i="1"/>
+  <c r="D63" i="1"/>
+  <c r="D71" i="1"/>
+  <c r="D79" i="1"/>
+  <c r="D87" i="1"/>
+  <c r="D95" i="1"/>
+  <c r="D42" i="1"/>
+  <c r="D32" i="1"/>
+  <c r="D40" i="1"/>
+  <c r="D48" i="1"/>
+  <c r="D56" i="1"/>
+  <c r="G56" i="1" s="1"/>
+  <c r="D64" i="1"/>
+  <c r="D72" i="1"/>
+  <c r="D80" i="1"/>
+  <c r="D88" i="1"/>
+  <c r="D96" i="1"/>
+  <c r="D57" i="1"/>
+  <c r="D50" i="1"/>
+  <c r="D82" i="1"/>
+  <c r="D35" i="1"/>
+  <c r="D43" i="1"/>
+  <c r="D51" i="1"/>
+  <c r="D59" i="1"/>
+  <c r="D67" i="1"/>
+  <c r="D75" i="1"/>
+  <c r="D83" i="1"/>
+  <c r="D91" i="1"/>
+  <c r="D99" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="D41" i="1"/>
+  <c r="D49" i="1"/>
+  <c r="D65" i="1"/>
+  <c r="D73" i="1"/>
+  <c r="D81" i="1"/>
+  <c r="G81" i="1" s="1"/>
+  <c r="D105" i="1"/>
+  <c r="D34" i="1"/>
+  <c r="D98" i="1"/>
+  <c r="D103" i="1"/>
+  <c r="D104" i="1"/>
+  <c r="E91" i="1"/>
+  <c r="F91" i="1" s="1"/>
+  <c r="E56" i="1"/>
+  <c r="F56" i="1" s="1"/>
+  <c r="E88" i="1"/>
+  <c r="F88" i="1" s="1"/>
+  <c r="E103" i="1"/>
+  <c r="F103" i="1" s="1"/>
+  <c r="E49" i="1"/>
+  <c r="F49" i="1" s="1"/>
+  <c r="E81" i="1"/>
+  <c r="F81" i="1" s="1"/>
+  <c r="E55" i="1"/>
+  <c r="F55" i="1" s="1"/>
+  <c r="E30" i="1"/>
+  <c r="F30" i="1" s="1"/>
+  <c r="E62" i="1"/>
+  <c r="F62" i="1" s="1"/>
+  <c r="E94" i="1"/>
+  <c r="F94" i="1" s="1"/>
+  <c r="E32" i="1"/>
+  <c r="F32" i="1" s="1"/>
+  <c r="E64" i="1"/>
+  <c r="F64" i="1" s="1"/>
+  <c r="E96" i="1"/>
+  <c r="F96" i="1" s="1"/>
+  <c r="E87" i="1"/>
+  <c r="F87" i="1" s="1"/>
+  <c r="E57" i="1"/>
+  <c r="F57" i="1" s="1"/>
+  <c r="E89" i="1"/>
+  <c r="F89" i="1" s="1"/>
+  <c r="E38" i="1"/>
+  <c r="F38" i="1" s="1"/>
+  <c r="E70" i="1"/>
+  <c r="F70" i="1" s="1"/>
+  <c r="E102" i="1"/>
+  <c r="F102" i="1" s="1"/>
+  <c r="E40" i="1"/>
+  <c r="F40" i="1" s="1"/>
+  <c r="E65" i="1"/>
+  <c r="F65" i="1" s="1"/>
+  <c r="E46" i="1"/>
+  <c r="F46" i="1" s="1"/>
+  <c r="E67" i="1"/>
+  <c r="F67" i="1" s="1"/>
+  <c r="E28" i="1"/>
+  <c r="F28" i="1" s="1"/>
+  <c r="E60" i="1"/>
+  <c r="F60" i="1" s="1"/>
+  <c r="E92" i="1"/>
+  <c r="F92" i="1" s="1"/>
+  <c r="E43" i="1"/>
+  <c r="F43" i="1" s="1"/>
+  <c r="E53" i="1"/>
+  <c r="F53" i="1" s="1"/>
+  <c r="E85" i="1"/>
+  <c r="F85" i="1" s="1"/>
+  <c r="E71" i="1"/>
+  <c r="F71" i="1" s="1"/>
+  <c r="E34" i="1"/>
+  <c r="F34" i="1" s="1"/>
+  <c r="E66" i="1"/>
+  <c r="F66" i="1" s="1"/>
+  <c r="E98" i="1"/>
+  <c r="F98" i="1" s="1"/>
+  <c r="E99" i="1"/>
+  <c r="F99" i="1" s="1"/>
+  <c r="E106" i="1"/>
+  <c r="F106" i="1" s="1"/>
+  <c r="E72" i="1"/>
+  <c r="F72" i="1" s="1"/>
+  <c r="E33" i="1"/>
+  <c r="F33" i="1" s="1"/>
+  <c r="E51" i="1"/>
+  <c r="F51" i="1" s="1"/>
+  <c r="E31" i="1"/>
+  <c r="F31" i="1" s="1"/>
+  <c r="E76" i="1"/>
+  <c r="F76" i="1" s="1"/>
+  <c r="E69" i="1"/>
+  <c r="F69" i="1" s="1"/>
+  <c r="E50" i="1"/>
+  <c r="F50" i="1" s="1"/>
+  <c r="E59" i="1"/>
+  <c r="F59" i="1" s="1"/>
+  <c r="E36" i="1"/>
+  <c r="F36" i="1" s="1"/>
+  <c r="E68" i="1"/>
+  <c r="F68" i="1" s="1"/>
+  <c r="E100" i="1"/>
+  <c r="F100" i="1" s="1"/>
+  <c r="E29" i="1"/>
+  <c r="F29" i="1" s="1"/>
+  <c r="E61" i="1"/>
+  <c r="F61" i="1" s="1"/>
+  <c r="E93" i="1"/>
+  <c r="F93" i="1" s="1"/>
+  <c r="E27" i="1"/>
+  <c r="E42" i="1"/>
+  <c r="F42" i="1" s="1"/>
+  <c r="E74" i="1"/>
+  <c r="F74" i="1" s="1"/>
+  <c r="E104" i="1"/>
+  <c r="F104" i="1" s="1"/>
+  <c r="E97" i="1"/>
+  <c r="F97" i="1" s="1"/>
+  <c r="E78" i="1"/>
+  <c r="F78" i="1" s="1"/>
+  <c r="E44" i="1"/>
+  <c r="F44" i="1" s="1"/>
+  <c r="E35" i="1"/>
+  <c r="F35" i="1" s="1"/>
+  <c r="E37" i="1"/>
+  <c r="F37" i="1" s="1"/>
+  <c r="E101" i="1"/>
+  <c r="F101" i="1" s="1"/>
+  <c r="E82" i="1"/>
+  <c r="F82" i="1" s="1"/>
+  <c r="E48" i="1"/>
+  <c r="F48" i="1" s="1"/>
+  <c r="E80" i="1"/>
+  <c r="F80" i="1" s="1"/>
+  <c r="E63" i="1"/>
+  <c r="F63" i="1" s="1"/>
+  <c r="E41" i="1"/>
+  <c r="F41" i="1" s="1"/>
+  <c r="E73" i="1"/>
+  <c r="F73" i="1" s="1"/>
+  <c r="E105" i="1"/>
+  <c r="F105" i="1" s="1"/>
+  <c r="E75" i="1"/>
+  <c r="F75" i="1" s="1"/>
+  <c r="E54" i="1"/>
+  <c r="F54" i="1" s="1"/>
+  <c r="E86" i="1"/>
+  <c r="F86" i="1" s="1"/>
+  <c r="E83" i="1"/>
+  <c r="F83" i="1" s="1"/>
+  <c r="E47" i="1"/>
+  <c r="F47" i="1" s="1"/>
+  <c r="E52" i="1"/>
+  <c r="F52" i="1" s="1"/>
+  <c r="E84" i="1"/>
+  <c r="F84" i="1" s="1"/>
+  <c r="E79" i="1"/>
+  <c r="F79" i="1" s="1"/>
+  <c r="E45" i="1"/>
+  <c r="F45" i="1" s="1"/>
+  <c r="E77" i="1"/>
+  <c r="F77" i="1" s="1"/>
+  <c r="E39" i="1"/>
+  <c r="F39" i="1" s="1"/>
+  <c r="E95" i="1"/>
+  <c r="F95" i="1" s="1"/>
+  <c r="E58" i="1"/>
+  <c r="F58" i="1" s="1"/>
+  <c r="E90" i="1"/>
+  <c r="F90" i="1" s="1"/>
+  <c r="D25" i="7"/>
+  <c r="D33" i="7"/>
+  <c r="D41" i="7"/>
+  <c r="D49" i="7"/>
+  <c r="D57" i="7"/>
+  <c r="D65" i="7"/>
+  <c r="D73" i="7"/>
+  <c r="D81" i="7"/>
+  <c r="D89" i="7"/>
+  <c r="D97" i="7"/>
+  <c r="D62" i="7"/>
+  <c r="D78" i="7"/>
+  <c r="D31" i="7"/>
+  <c r="D71" i="7"/>
+  <c r="D56" i="7"/>
+  <c r="D88" i="7"/>
+  <c r="D26" i="7"/>
+  <c r="D34" i="7"/>
+  <c r="D42" i="7"/>
+  <c r="D50" i="7"/>
+  <c r="D58" i="7"/>
+  <c r="D66" i="7"/>
+  <c r="D74" i="7"/>
+  <c r="D82" i="7"/>
+  <c r="D90" i="7"/>
+  <c r="D98" i="7"/>
+  <c r="D54" i="7"/>
+  <c r="D86" i="7"/>
   <c r="D24" i="7"/>
+  <c r="D27" i="7"/>
+  <c r="D35" i="7"/>
+  <c r="D43" i="7"/>
+  <c r="D51" i="7"/>
+  <c r="D59" i="7"/>
+  <c r="D67" i="7"/>
+  <c r="D75" i="7"/>
+  <c r="D83" i="7"/>
+  <c r="D91" i="7"/>
+  <c r="D99" i="7"/>
+  <c r="D38" i="7"/>
+  <c r="D70" i="7"/>
+  <c r="D39" i="7"/>
+  <c r="D55" i="7"/>
+  <c r="D87" i="7"/>
+  <c r="D48" i="7"/>
+  <c r="D80" i="7"/>
   <c r="D28" i="7"/>
+  <c r="D36" i="7"/>
+  <c r="D44" i="7"/>
+  <c r="D52" i="7"/>
+  <c r="D60" i="7"/>
+  <c r="D68" i="7"/>
+  <c r="D76" i="7"/>
+  <c r="D84" i="7"/>
+  <c r="D92" i="7"/>
+  <c r="D100" i="7"/>
+  <c r="D30" i="7"/>
+  <c r="D46" i="7"/>
+  <c r="D47" i="7"/>
+  <c r="D79" i="7"/>
+  <c r="D95" i="7"/>
+  <c r="D32" i="7"/>
+  <c r="D64" i="7"/>
+  <c r="D29" i="7"/>
+  <c r="D37" i="7"/>
+  <c r="D45" i="7"/>
+  <c r="D53" i="7"/>
+  <c r="D61" i="7"/>
+  <c r="D69" i="7"/>
+  <c r="D77" i="7"/>
+  <c r="D85" i="7"/>
+  <c r="D93" i="7"/>
+  <c r="D22" i="7"/>
+  <c r="D94" i="7"/>
+  <c r="D23" i="7"/>
+  <c r="D63" i="7"/>
+  <c r="D40" i="7"/>
   <c r="D72" i="7"/>
-  <c r="D45" i="7"/>
-[...34 lines deleted...]
-  <c r="D87" i="7"/>
+  <c r="D96" i="7"/>
+  <c r="D21" i="7"/>
+  <c r="G100" i="1"/>
+  <c r="G51" i="1"/>
+  <c r="G71" i="1"/>
+  <c r="G99" i="1"/>
+  <c r="G50" i="1"/>
+  <c r="G95" i="1"/>
+  <c r="G104" i="1" l="1"/>
+  <c r="G83" i="1"/>
+  <c r="G106" i="1"/>
+  <c r="G32" i="1"/>
+  <c r="G59" i="1"/>
+  <c r="G88" i="1"/>
+  <c r="G87" i="1"/>
+  <c r="G85" i="1"/>
+  <c r="G37" i="1"/>
+  <c r="G86" i="1"/>
   <c r="D101" i="7"/>
-  <c r="D59" i="7"/>
-[...63 lines deleted...]
-  <c r="F35" i="1"/>
+  <c r="G67" i="1"/>
+  <c r="G47" i="1"/>
+  <c r="G97" i="1"/>
+  <c r="G45" i="1"/>
+  <c r="G43" i="1"/>
+  <c r="G46" i="1"/>
+  <c r="G102" i="1"/>
+  <c r="G63" i="1"/>
+  <c r="G105" i="1"/>
+  <c r="G79" i="1"/>
+  <c r="G58" i="1"/>
+  <c r="G34" i="1"/>
+  <c r="G31" i="1"/>
+  <c r="G75" i="1"/>
+  <c r="G57" i="1"/>
+  <c r="G40" i="1"/>
+  <c r="G55" i="1"/>
+  <c r="G74" i="1"/>
+  <c r="G53" i="1"/>
+  <c r="G92" i="1"/>
+  <c r="G62" i="1"/>
+  <c r="G60" i="1"/>
+  <c r="G65" i="1"/>
+  <c r="G33" i="1"/>
+  <c r="G49" i="1"/>
+  <c r="G96" i="1"/>
+  <c r="G41" i="1"/>
+  <c r="G42" i="1"/>
+  <c r="G101" i="1"/>
+  <c r="G76" i="1"/>
+  <c r="G39" i="1"/>
+  <c r="G84" i="1"/>
+  <c r="G98" i="1"/>
+  <c r="G48" i="1"/>
+  <c r="G103" i="1"/>
+  <c r="G38" i="1"/>
+  <c r="G64" i="1"/>
+  <c r="G77" i="1"/>
+  <c r="G68" i="1"/>
+  <c r="G73" i="1"/>
+  <c r="G35" i="1"/>
+  <c r="G44" i="1"/>
+  <c r="G90" i="1"/>
+  <c r="G54" i="1"/>
+  <c r="G72" i="1"/>
+  <c r="G69" i="1"/>
+  <c r="G52" i="1"/>
+  <c r="G93" i="1"/>
+  <c r="G61" i="1"/>
+  <c r="G29" i="1"/>
+  <c r="G89" i="1"/>
+  <c r="G36" i="1"/>
+  <c r="G66" i="1"/>
+  <c r="G80" i="1"/>
+  <c r="G82" i="1"/>
+  <c r="G91" i="1"/>
+  <c r="G78" i="1"/>
   <c r="G28" i="1"/>
-  <c r="F37" i="1"/>
-[...6 lines deleted...]
-  <c r="G29" i="1"/>
+  <c r="G27" i="1"/>
+  <c r="G30" i="1"/>
+  <c r="D107" i="1"/>
   <c r="F27" i="1"/>
-  <c r="G27" i="1"/>
-[...11 lines deleted...]
-  <c r="G38" i="1"/>
+  <c r="F107" i="1" s="1"/>
+  <c r="E107" i="1"/>
+  <c r="G107" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="77">
   <si>
     <t>NOTICE OF COMMON GRAZING IMPROVEMENT PROPOSALS</t>
   </si>
   <si>
     <t>Best Supplier Quote</t>
   </si>
   <si>
     <t>Net Cost</t>
   </si>
   <si>
     <t>SHAREHOLDER ALLOCATION</t>
   </si>
   <si>
     <t>(£)</t>
   </si>
   <si>
     <t>REFUND WHEN</t>
   </si>
   <si>
     <t>GRANT PAID (£)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>SHAREHOLDERS MAY MAKE REPRESENTATIONS TO THE CROFTING COMMISSION IN RESPECT OF THE PROPOSAL AND ALLOCATION OF EXPENSES WITHIN 1 MONTH OF THE DATE OF THIS NOTICE</t>
   </si>
   <si>
-    <t>GRAZING FUND 2019</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Expected CAGS Grant Rate </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t xml:space="preserve">Improvement: </t>
   </si>
   <si>
     <t>Justification:</t>
   </si>
   <si>
-    <t>New Legislation</t>
-[...1 lines deleted...]
-  <si>
     <t>Location:</t>
   </si>
   <si>
-    <t>Map attached</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Design: </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve"> 15/04/2019</t>
   </si>
   <si>
     <t>Costs</t>
   </si>
   <si>
     <t>CROFT NAME</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>CROFT HOLDING</t>
   </si>
   <si>
     <t>CATTLE</t>
   </si>
   <si>
     <t>SHEEP</t>
   </si>
   <si>
     <t>TOTAL SHEEP EQUIVALENT</t>
   </si>
   <si>
     <t>Totals</t>
   </si>
@@ -509,53 +975,50 @@
   <si>
     <t>Total Maintenance</t>
   </si>
   <si>
     <t>Each to pay</t>
   </si>
   <si>
     <t>AECS</t>
   </si>
   <si>
     <t>Forestry</t>
   </si>
   <si>
     <t>Renewables</t>
   </si>
   <si>
     <t>Enter here the 'equivalents' from the CG Regulations</t>
   </si>
   <si>
     <t>ie, how many sheep or horses equal 1 cow?</t>
   </si>
   <si>
     <t>1 cow =</t>
   </si>
   <si>
-    <t>Obtain information on each croft and souming from grazings@crofting.gov.scot</t>
-[...1 lines deleted...]
-  <si>
     <t>How to use this workbook:</t>
   </si>
   <si>
     <t>Select the sheet required:</t>
   </si>
   <si>
     <t>Grazing Fund Administration Costs</t>
   </si>
   <si>
     <t>Finance Statement</t>
   </si>
   <si>
     <t>Total TSEs for CG</t>
   </si>
   <si>
     <t>Count</t>
   </si>
   <si>
     <t>CAGS Grant</t>
   </si>
   <si>
     <t>Initial Payment Required</t>
   </si>
   <si>
     <t>CAGS grant £</t>
@@ -569,168 +1032,141 @@
   <si>
     <t>Stationary &amp; Postage</t>
   </si>
   <si>
     <t>Advisory Services</t>
   </si>
   <si>
     <t>Minor Maintenance</t>
   </si>
   <si>
     <t>Notice of Improvement &amp; Cost Division</t>
   </si>
   <si>
     <t>Notice of Improvement &amp; Cost Division - Minority contribution</t>
   </si>
   <si>
     <t xml:space="preserve">Name of Common Grazing: </t>
   </si>
   <si>
     <t>Resumption Monies Distribution</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
-    <t>1 Camus</t>
-[...31 lines deleted...]
-  <si>
     <t>Common Grazing</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">CLERKS REMUNERATION </t>
   </si>
   <si>
     <t>TO ALLOW THE WORK TO GO AHEAD ALL INITIAL PAYMENTS MUST BE PAID TO THE CLERK BY:</t>
   </si>
   <si>
-    <t>ADMIN COSTS:</t>
-[...1 lines deleted...]
-  <si>
     <t>CG Name:</t>
-  </si>
-[...7 lines deleted...]
-    <t>LEGAL NAME</t>
   </si>
   <si>
     <t>Sub Grazing name, eg, machair, hill</t>
   </si>
   <si>
     <t>Register number</t>
   </si>
   <si>
-    <t>Mr Macdonald</t>
-[...4 lines deleted...]
-  <si>
     <t>If these Equivalents are not written in the CG Regulations, then go to RPID or agree with all shareholders. If Regulations differ to RPID, adhere to Regulations.  If these Equivalents are not contained in the CG Regulations,  have you thought of updating your Regs?</t>
   </si>
   <si>
     <t>TO ALLOW THE IMPROVEMENT TO GO AHEAD ALL PAYMENTS MUST BE PAID TO THE CLERK BY:</t>
   </si>
   <si>
-    <t>Shares arent equal!  Did you know that shareholder income or expenditure should be divided according to Equivalents?</t>
+    <t>Enter the Equivalents of cows and horses to sheep, which will calculate the Total Sheep Equivalents (TSE)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shares arent equal!  Did you know that shareholder income or expenditure should be divided according to the Souming rather than the Share?  </t>
+  </si>
+  <si>
+    <t>If required, obtain information on each croft and souming from grazings@crofting.gov.scot</t>
+  </si>
+  <si>
+    <t>Either copy and paste the information into the Shareholder TSE sheet, or type in the information to enter Croft names and souming</t>
+  </si>
+  <si>
+    <t xml:space="preserve">And since Soumings might be for cows, sheep or horses, the easiest method to make a fair calculation is by converting cows and horses </t>
+  </si>
+  <si>
+    <t>into sheep, using Total Sheep Equivalents?</t>
+  </si>
+  <si>
+    <t>E.g., Installation of new Sheep Dipper</t>
+  </si>
+  <si>
+    <t>E.g., SEPA approved/ RPID approved</t>
+  </si>
+  <si>
+    <t>E.g., Map attached, tup park</t>
+  </si>
+  <si>
+    <t>E.g., New Legislation, H&amp;S</t>
+  </si>
+  <si>
+    <t>There are 80 rows in the worksheets - if you have more crofts than 80, you can Autofill more rows, or get in touch with Advice@FAS.Scot and we can provide a new spreadsheet.</t>
+  </si>
+  <si>
+    <t>Clerks Remuneration</t>
+  </si>
+  <si>
+    <t>GRAZING FUND for Year:</t>
+  </si>
+  <si>
+    <t>Common Grazing name:</t>
+  </si>
+  <si>
+    <t>NAME</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0;[Red]\-&quot;£&quot;#,##0"/>
     <numFmt numFmtId="8" formatCode="&quot;£&quot;#,##0.00;[Red]\-&quot;£&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...7 lines deleted...]
-      <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
@@ -750,77 +1186,83 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="0" tint="-0.14999847407452621"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="17">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
@@ -968,324 +1410,340 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="98">
+  <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="6" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="6" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="6" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="6" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
-      <xdr:row>5</xdr:row>
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>57151</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
       <xdr:colOff>180975</xdr:colOff>
-      <xdr:row>11</xdr:row>
-      <xdr:rowOff>104775</xdr:rowOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>289561</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="TextBox 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEBCDA91-A97E-40B8-A60A-CA180413D56D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="7448550" y="1390650"/>
-          <a:ext cx="2771775" cy="1647825"/>
+          <a:off x="7677150" y="2251711"/>
+          <a:ext cx="2867025" cy="1344930"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
@@ -1294,269 +1752,243 @@
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100"/>
             <a:t>The Crofting Commission can supply the information you need on crofts and soumings.  Please Note!  The information in the register is supplied from various sources. Changes can and do occur without the CC's knowledge. Accuracy of every detail cannot be guaranteed.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>86591</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>233796</xdr:rowOff>
+      <xdr:rowOff>226176</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>536864</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>606136</xdr:rowOff>
+      <xdr:rowOff>997528</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D60BDB26-A507-4257-8EC6-DBAE37F58CFD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5342659" y="727364"/>
-          <a:ext cx="3039341" cy="1013113"/>
+          <a:off x="4942609" y="690303"/>
+          <a:ext cx="2833255" cy="1380952"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100"/>
-            <a:t>Copy and paste the speadsheet from the CC, or complete the white cells below with Croft holding, name , cattle and sheep (no need to complete Sub grazing or Register number for the spreadsheet to work).</a:t>
+            <a:t>Copy and paste the speadsheet from the CC, or simply overwrite the white cells below with Croft holding, name , cattle and sheep (no need to complete Sub grazing or Register number for the spreadsheet to work</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" baseline="0"/>
+            <a:t> - but you may wish to include this information for your records)</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100"/>
+            <a:t>.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1705,5301 +2137,7403 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="5" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:W42"/>
+  <dimension ref="A1:W50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I10" sqref="I10"/>
+      <selection activeCell="F1" sqref="F1:I1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="21.6" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="21.6" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="16384" width="8.85546875" style="2"/>
+    <col min="1" max="16384" width="8.88671875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:23" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
-      <c r="F1" s="79" t="s">
-[...4 lines deleted...]
-      <c r="I1" s="81"/>
+      <c r="F1" s="78"/>
+      <c r="G1" s="79"/>
+      <c r="H1" s="79"/>
+      <c r="I1" s="80"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
     </row>
-    <row r="2" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
-    <row r="3" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
-    <row r="4" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
-    <row r="5" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="1"/>
+    <row r="5" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="1" t="s">
+        <v>67</v>
+      </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
-    <row r="6" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      </c>
+    <row r="6" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="1"/>
+      <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
-    <row r="7" spans="1:23" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="K7" s="82"/>
+    <row r="7" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="1"/>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
-    <row r="8" spans="1:23" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="K8" s="83"/>
+    <row r="8" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="1"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1"/>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
-    <row r="9" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="K9" s="1"/>
+    <row r="9" spans="1:23" ht="34.799999999999997" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="75">
+        <v>1</v>
+      </c>
+      <c r="B9" s="75" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" s="75"/>
+      <c r="D9" s="75"/>
+      <c r="E9" s="75"/>
+      <c r="F9" s="75"/>
+      <c r="G9" s="75"/>
+      <c r="H9" s="75"/>
+      <c r="I9" s="75"/>
+      <c r="J9" s="75"/>
+      <c r="K9" s="75"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
-    <row r="10" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="K10" s="1"/>
+    <row r="10" spans="1:23" ht="52.8" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="75">
+        <v>2</v>
+      </c>
+      <c r="B10" s="76" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" s="76"/>
+      <c r="D10" s="76"/>
+      <c r="E10" s="76"/>
+      <c r="F10" s="76"/>
+      <c r="G10" s="76"/>
+      <c r="H10" s="76"/>
+      <c r="I10" s="76"/>
+      <c r="J10" s="76"/>
+      <c r="K10" s="76"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
-    <row r="11" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="K11" s="1"/>
+    <row r="11" spans="1:23" ht="53.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="75">
+        <v>3</v>
+      </c>
+      <c r="B11" s="76" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="76"/>
+      <c r="D11" s="76"/>
+      <c r="E11" s="76"/>
+      <c r="F11" s="76"/>
+      <c r="G11" s="76"/>
+      <c r="H11" s="76"/>
+      <c r="I11" s="76"/>
+      <c r="J11" s="76"/>
+      <c r="K11" s="76"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
-    <row r="12" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="K12" s="1"/>
+    <row r="12" spans="1:23" ht="27.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="75">
+        <v>4</v>
+      </c>
+      <c r="B12" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" s="75"/>
+      <c r="D12" s="75"/>
+      <c r="E12" s="75"/>
+      <c r="F12" s="75"/>
+      <c r="G12" s="75"/>
+      <c r="H12" s="75"/>
+      <c r="I12" s="75"/>
+      <c r="J12" s="75"/>
+      <c r="K12" s="75"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
-    <row r="13" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="F13" s="56"/>
+    <row r="13" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="33"/>
+      <c r="B13" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="L14" s="7"/>
+    <row r="14" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="34"/>
+      <c r="B14" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
-    <row r="15" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      <c r="L15" s="7"/>
+    <row r="15" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="34"/>
+      <c r="B15" s="1"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
-    <row r="16" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="F16" s="56"/>
+    <row r="16" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="34"/>
+      <c r="B16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
-    <row r="17" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="F17" s="56"/>
+    <row r="17" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="34"/>
+      <c r="B17" s="1"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
-    <row r="18" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="1"/>
+    <row r="18" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="34"/>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
-      <c r="I18" s="3"/>
+      <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
-    <row r="19" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="1"/>
+    <row r="19" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="34"/>
       <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
-      <c r="I19" s="3"/>
+      <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
-    <row r="20" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F20" s="1"/>
+    <row r="20" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="44" t="s">
+        <v>54</v>
+      </c>
+      <c r="B20" s="45" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="45"/>
+      <c r="D20" s="45"/>
+      <c r="E20" s="45"/>
+      <c r="F20" s="45"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
-      <c r="I20" s="3"/>
+      <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
-    <row r="21" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F21" s="1"/>
+    <row r="21" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="44" t="s">
+        <v>54</v>
+      </c>
+      <c r="B21" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="C21" s="45"/>
+      <c r="D21" s="45"/>
+      <c r="E21" s="45"/>
+      <c r="F21" s="45"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
-    <row r="22" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F22" s="1"/>
+    <row r="22" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="44" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="C22" s="45"/>
+      <c r="D22" s="45"/>
+      <c r="E22" s="45"/>
+      <c r="F22" s="45"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
-    <row r="23" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F23" s="1"/>
+    <row r="23" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="45"/>
+      <c r="B23" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" s="45"/>
+      <c r="D23" s="45"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
-    <row r="24" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F24" s="1"/>
+    <row r="24" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="45"/>
+      <c r="B24" s="45" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" s="45"/>
+      <c r="D24" s="45"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="45"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
-    <row r="25" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F25" s="1"/>
+    <row r="25" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="45"/>
+      <c r="B25" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="45"/>
+      <c r="D25" s="45"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
-    <row r="26" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="1"/>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
-      <c r="I26" s="1"/>
+      <c r="I26" s="3"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
-    <row r="27" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
-      <c r="I27" s="1"/>
+      <c r="I27" s="3"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
-    <row r="28" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
-      <c r="I28" s="1"/>
+      <c r="I28" s="3"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
-    <row r="29" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="1"/>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
-    <row r="30" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
-    <row r="31" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="1"/>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
-    <row r="32" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="1"/>
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
-    <row r="33" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="1"/>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
-    <row r="34" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="1"/>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
-    <row r="35" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
-    <row r="36" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="1"/>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
-    <row r="37" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="1"/>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
-    <row r="38" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="1"/>
       <c r="B38" s="1"/>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
-    <row r="39" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="1"/>
       <c r="B39" s="1"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
-    <row r="40" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="1"/>
       <c r="B40" s="1"/>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
-    <row r="41" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="1"/>
       <c r="B41" s="1"/>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
-    <row r="42" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="1"/>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
+    <row r="43" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="1"/>
+      <c r="B43" s="1"/>
+      <c r="C43" s="1"/>
+      <c r="D43" s="1"/>
+      <c r="E43" s="1"/>
+      <c r="F43" s="1"/>
+      <c r="G43" s="1"/>
+      <c r="H43" s="1"/>
+      <c r="I43" s="1"/>
+      <c r="J43" s="1"/>
+      <c r="K43" s="1"/>
+      <c r="L43" s="1"/>
+      <c r="M43" s="1"/>
+      <c r="N43" s="1"/>
+      <c r="O43" s="1"/>
+      <c r="P43" s="1"/>
+      <c r="Q43" s="1"/>
+      <c r="R43" s="1"/>
+      <c r="S43" s="1"/>
+      <c r="T43" s="1"/>
+      <c r="U43" s="1"/>
+      <c r="V43" s="1"/>
+      <c r="W43" s="1"/>
+    </row>
+    <row r="44" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="1"/>
+      <c r="B44" s="1"/>
+      <c r="C44" s="1"/>
+      <c r="D44" s="1"/>
+      <c r="E44" s="1"/>
+      <c r="F44" s="1"/>
+      <c r="G44" s="1"/>
+      <c r="H44" s="1"/>
+      <c r="I44" s="1"/>
+      <c r="J44" s="1"/>
+      <c r="K44" s="1"/>
+      <c r="L44" s="1"/>
+      <c r="M44" s="1"/>
+      <c r="N44" s="1"/>
+      <c r="O44" s="1"/>
+      <c r="P44" s="1"/>
+      <c r="Q44" s="1"/>
+      <c r="R44" s="1"/>
+      <c r="S44" s="1"/>
+      <c r="T44" s="1"/>
+      <c r="U44" s="1"/>
+      <c r="V44" s="1"/>
+      <c r="W44" s="1"/>
+    </row>
+    <row r="45" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="1"/>
+      <c r="B45" s="1"/>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="1"/>
+      <c r="G45" s="1"/>
+      <c r="H45" s="1"/>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1"/>
+      <c r="K45" s="1"/>
+      <c r="L45" s="1"/>
+      <c r="M45" s="1"/>
+      <c r="N45" s="1"/>
+      <c r="O45" s="1"/>
+      <c r="P45" s="1"/>
+      <c r="Q45" s="1"/>
+      <c r="R45" s="1"/>
+      <c r="S45" s="1"/>
+      <c r="T45" s="1"/>
+      <c r="U45" s="1"/>
+      <c r="V45" s="1"/>
+      <c r="W45" s="1"/>
+    </row>
+    <row r="46" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="1"/>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+      <c r="M46" s="1"/>
+      <c r="N46" s="1"/>
+      <c r="O46" s="1"/>
+      <c r="P46" s="1"/>
+      <c r="Q46" s="1"/>
+      <c r="R46" s="1"/>
+      <c r="S46" s="1"/>
+      <c r="T46" s="1"/>
+      <c r="U46" s="1"/>
+      <c r="V46" s="1"/>
+      <c r="W46" s="1"/>
+    </row>
+    <row r="47" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="1"/>
+      <c r="B47" s="1"/>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
+      <c r="E47" s="1"/>
+      <c r="F47" s="1"/>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
+      <c r="I47" s="1"/>
+      <c r="J47" s="1"/>
+      <c r="K47" s="1"/>
+      <c r="L47" s="1"/>
+      <c r="M47" s="1"/>
+      <c r="N47" s="1"/>
+      <c r="O47" s="1"/>
+      <c r="P47" s="1"/>
+      <c r="Q47" s="1"/>
+      <c r="R47" s="1"/>
+      <c r="S47" s="1"/>
+      <c r="T47" s="1"/>
+      <c r="U47" s="1"/>
+      <c r="V47" s="1"/>
+      <c r="W47" s="1"/>
+    </row>
+    <row r="48" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="1"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1"/>
+      <c r="H48" s="1"/>
+      <c r="I48" s="1"/>
+      <c r="J48" s="1"/>
+      <c r="K48" s="1"/>
+      <c r="L48" s="1"/>
+      <c r="M48" s="1"/>
+      <c r="N48" s="1"/>
+      <c r="O48" s="1"/>
+      <c r="P48" s="1"/>
+      <c r="Q48" s="1"/>
+      <c r="R48" s="1"/>
+      <c r="S48" s="1"/>
+      <c r="T48" s="1"/>
+      <c r="U48" s="1"/>
+      <c r="V48" s="1"/>
+      <c r="W48" s="1"/>
+    </row>
+    <row r="49" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="1"/>
+      <c r="B49" s="1"/>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
+      <c r="E49" s="1"/>
+      <c r="F49" s="1"/>
+      <c r="G49" s="1"/>
+      <c r="H49" s="1"/>
+      <c r="I49" s="1"/>
+      <c r="J49" s="1"/>
+      <c r="K49" s="1"/>
+      <c r="L49" s="1"/>
+      <c r="M49" s="1"/>
+      <c r="N49" s="1"/>
+      <c r="O49" s="1"/>
+      <c r="P49" s="1"/>
+      <c r="Q49" s="1"/>
+      <c r="R49" s="1"/>
+      <c r="S49" s="1"/>
+      <c r="T49" s="1"/>
+      <c r="U49" s="1"/>
+      <c r="V49" s="1"/>
+      <c r="W49" s="1"/>
+    </row>
+    <row r="50" spans="1:23" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="1"/>
+      <c r="B50" s="1"/>
+      <c r="C50" s="1"/>
+      <c r="D50" s="1"/>
+      <c r="E50" s="1"/>
+      <c r="F50" s="1"/>
+      <c r="G50" s="1"/>
+      <c r="H50" s="1"/>
+      <c r="I50" s="1"/>
+      <c r="J50" s="1"/>
+      <c r="K50" s="1"/>
+      <c r="L50" s="1"/>
+      <c r="M50" s="1"/>
+      <c r="N50" s="1"/>
+      <c r="O50" s="1"/>
+      <c r="P50" s="1"/>
+      <c r="Q50" s="1"/>
+      <c r="R50" s="1"/>
+      <c r="S50" s="1"/>
+      <c r="T50" s="1"/>
+      <c r="U50" s="1"/>
+      <c r="V50" s="1"/>
+      <c r="W50" s="1"/>
+    </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="F1:I1"/>
-    <mergeCell ref="B7:K7"/>
-    <mergeCell ref="B8:K8"/>
+    <mergeCell ref="B10:K10"/>
+    <mergeCell ref="B11:K11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="2" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A1:J93"/>
   <sheetViews>
-    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="D22" sqref="D22"/>
+    <sheetView topLeftCell="A6" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="F12" sqref="F12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.7109375" style="6" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="16384" width="8.85546875" style="6"/>
+    <col min="1" max="1" width="2.44140625" customWidth="1"/>
+    <col min="2" max="2" width="6.33203125" customWidth="1"/>
+    <col min="3" max="3" width="20.44140625" customWidth="1"/>
+    <col min="4" max="4" width="14.33203125" customWidth="1"/>
+    <col min="5" max="5" width="20.44140625" customWidth="1"/>
+    <col min="6" max="6" width="21.44140625" customWidth="1"/>
+    <col min="7" max="7" width="14.33203125" customWidth="1"/>
+    <col min="8" max="8" width="13.109375" customWidth="1"/>
+    <col min="9" max="9" width="15.109375" style="47" customWidth="1"/>
+    <col min="10" max="10" width="1.33203125" customWidth="1"/>
+    <col min="11" max="11" width="14.33203125" customWidth="1"/>
+    <col min="12" max="12" width="13.44140625" customWidth="1"/>
+    <col min="13" max="13" width="13.88671875" customWidth="1"/>
+    <col min="14" max="14" width="13.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="60" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" s="2" customFormat="1" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
-      <c r="C1" s="62"/>
-[...8 lines deleted...]
-    <row r="2" spans="1:10" s="60" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+      <c r="E1" s="48"/>
+      <c r="F1" s="48"/>
+      <c r="G1" s="48"/>
+      <c r="H1" s="48"/>
+      <c r="I1" s="48"/>
+      <c r="J1" s="48"/>
+    </row>
+    <row r="2" spans="1:10" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
-      <c r="B2" s="74" t="s">
-[...3 lines deleted...]
-      <c r="D2" s="76"/>
+      <c r="B2" s="57" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" s="58"/>
+      <c r="D2" s="59"/>
       <c r="E2" s="1"/>
-      <c r="F2" s="63" t="s">
-[...2 lines deleted...]
-      <c r="G2" s="84" t="str">
+      <c r="F2" s="49" t="s">
+        <v>75</v>
+      </c>
+      <c r="G2" s="81">
         <f>'Steps - please read first!'!F1</f>
-        <v>Camus CG</v>
-[...1 lines deleted...]
-      <c r="H2" s="84"/>
+        <v>0</v>
+      </c>
+      <c r="H2" s="81"/>
       <c r="I2" s="1"/>
-      <c r="J2" s="62"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:10" s="60" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="J2" s="48"/>
+    </row>
+    <row r="3" spans="1:10" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
-      <c r="B3" s="77" t="s">
-[...11 lines deleted...]
-    <row r="4" spans="1:10" s="60" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" s="4"/>
+      <c r="D3" s="61"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
+      <c r="G3" s="19"/>
+      <c r="H3" s="19"/>
+      <c r="I3" s="19"/>
+      <c r="J3" s="48"/>
+    </row>
+    <row r="4" spans="1:10" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
-      <c r="B4" s="77" t="s">
+      <c r="B4" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" s="77">
+        <v>5</v>
+      </c>
+      <c r="D4" s="61" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" s="19"/>
+      <c r="F4" s="19"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="19"/>
+      <c r="I4" s="19"/>
+      <c r="J4" s="48"/>
+    </row>
+    <row r="5" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="19"/>
+      <c r="B5" s="60"/>
+      <c r="C5" s="4"/>
+      <c r="D5" s="61"/>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19"/>
+      <c r="G5" s="19"/>
+      <c r="H5" s="19"/>
+      <c r="I5" s="19"/>
+      <c r="J5" s="19"/>
+    </row>
+    <row r="6" spans="1:10" ht="92.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="19"/>
+      <c r="B6" s="62" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" s="63"/>
+      <c r="D6" s="64"/>
+      <c r="E6" s="19"/>
+      <c r="F6" s="50"/>
+      <c r="G6" s="50"/>
+      <c r="H6" s="50"/>
+      <c r="I6" s="50"/>
+      <c r="J6" s="19"/>
+    </row>
+    <row r="7" spans="1:10" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A7" s="19"/>
+      <c r="B7" s="19"/>
+      <c r="C7" s="51"/>
+      <c r="D7" s="51"/>
+      <c r="E7" s="51"/>
+      <c r="F7" s="51"/>
+      <c r="G7" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="C4" s="4">
-[...49 lines deleted...]
-      <c r="I7" s="67">
+      <c r="H7" s="19"/>
+      <c r="I7" s="53">
         <f>I90</f>
-        <v>300</v>
-[...55 lines deleted...]
-      <c r="H10">
+        <v>0</v>
+      </c>
+      <c r="J7" s="19"/>
+    </row>
+    <row r="8" spans="1:10" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A8" s="19"/>
+      <c r="B8" s="19"/>
+      <c r="C8" s="51"/>
+      <c r="D8" s="51"/>
+      <c r="E8" s="51"/>
+      <c r="F8" s="51"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="19"/>
+      <c r="J8" s="46"/>
+    </row>
+    <row r="9" spans="1:10" ht="41.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="19"/>
+      <c r="B9" s="19"/>
+      <c r="C9" s="85" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" s="85" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" s="86" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="86" t="s">
+        <v>76</v>
+      </c>
+      <c r="G9" s="86" t="s">
+        <v>19</v>
+      </c>
+      <c r="H9" s="86" t="s">
         <v>20</v>
       </c>
-      <c r="I10" s="70">
-[...1076 lines deleted...]
-      <c r="G90" s="72">
+      <c r="I9" s="85" t="s">
+        <v>21</v>
+      </c>
+      <c r="J9" s="19"/>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A10" s="19"/>
+      <c r="B10" s="19"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+      <c r="F10" s="87"/>
+      <c r="G10" s="87"/>
+      <c r="H10" s="87"/>
+      <c r="I10" s="53">
+        <f t="shared" ref="I10:I73" si="0">SUM((G10*$C$4)+H10)</f>
+        <v>0</v>
+      </c>
+      <c r="J10" s="19"/>
+    </row>
+    <row r="11" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="19"/>
+      <c r="B11" s="19"/>
+      <c r="C11" s="87"/>
+      <c r="D11" s="87"/>
+      <c r="E11" s="87"/>
+      <c r="F11" s="87"/>
+      <c r="G11" s="87"/>
+      <c r="H11" s="87"/>
+      <c r="I11" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="19"/>
+    </row>
+    <row r="12" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="19"/>
+      <c r="B12" s="19"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
+      <c r="F12" s="87"/>
+      <c r="G12" s="87"/>
+      <c r="H12" s="87"/>
+      <c r="I12" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="19"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A13" s="19"/>
+      <c r="B13" s="19"/>
+      <c r="C13" s="87"/>
+      <c r="D13" s="87"/>
+      <c r="E13" s="87"/>
+      <c r="F13" s="87"/>
+      <c r="G13" s="87"/>
+      <c r="H13" s="87"/>
+      <c r="I13" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="19"/>
+    </row>
+    <row r="14" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="19"/>
+      <c r="B14" s="19"/>
+      <c r="C14" s="87"/>
+      <c r="D14" s="87"/>
+      <c r="E14" s="87"/>
+      <c r="F14" s="87"/>
+      <c r="G14" s="87"/>
+      <c r="H14" s="87"/>
+      <c r="I14" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="19"/>
+    </row>
+    <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="19"/>
+      <c r="B15" s="19"/>
+      <c r="C15" s="87"/>
+      <c r="D15" s="87"/>
+      <c r="E15" s="87"/>
+      <c r="F15" s="87"/>
+      <c r="G15" s="87"/>
+      <c r="H15" s="87"/>
+      <c r="I15" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J15" s="19"/>
+    </row>
+    <row r="16" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="19"/>
+      <c r="B16" s="19"/>
+      <c r="C16" s="87"/>
+      <c r="D16" s="87"/>
+      <c r="E16" s="87"/>
+      <c r="F16" s="87"/>
+      <c r="G16" s="87"/>
+      <c r="H16" s="87"/>
+      <c r="I16" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="19"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A17" s="19"/>
+      <c r="B17" s="19"/>
+      <c r="C17" s="87"/>
+      <c r="D17" s="87"/>
+      <c r="E17" s="87"/>
+      <c r="F17" s="87"/>
+      <c r="G17" s="87"/>
+      <c r="H17" s="87"/>
+      <c r="I17" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J17" s="19"/>
+    </row>
+    <row r="18" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="19"/>
+      <c r="B18" s="19"/>
+      <c r="C18" s="87"/>
+      <c r="D18" s="87"/>
+      <c r="E18" s="87"/>
+      <c r="F18" s="87"/>
+      <c r="G18" s="87"/>
+      <c r="H18" s="87"/>
+      <c r="I18" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J18" s="19"/>
+    </row>
+    <row r="19" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="19"/>
+      <c r="B19" s="19"/>
+      <c r="C19" s="87"/>
+      <c r="D19" s="87"/>
+      <c r="E19" s="87"/>
+      <c r="F19" s="87"/>
+      <c r="G19" s="87"/>
+      <c r="H19" s="87"/>
+      <c r="I19" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="19"/>
+    </row>
+    <row r="20" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="19"/>
+      <c r="B20" s="19"/>
+      <c r="C20" s="87"/>
+      <c r="D20" s="87"/>
+      <c r="E20" s="87"/>
+      <c r="F20" s="87"/>
+      <c r="G20" s="87"/>
+      <c r="H20" s="87"/>
+      <c r="I20" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J20" s="19"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A21" s="19"/>
+      <c r="B21" s="19"/>
+      <c r="C21" s="87"/>
+      <c r="D21" s="87"/>
+      <c r="E21" s="87"/>
+      <c r="F21" s="87"/>
+      <c r="G21" s="87"/>
+      <c r="H21" s="87"/>
+      <c r="I21" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J21" s="19"/>
+    </row>
+    <row r="22" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="19"/>
+      <c r="B22" s="19"/>
+      <c r="C22" s="87"/>
+      <c r="D22" s="87"/>
+      <c r="E22" s="87"/>
+      <c r="F22" s="87"/>
+      <c r="G22" s="87"/>
+      <c r="H22" s="87"/>
+      <c r="I22" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="19"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A23" s="19"/>
+      <c r="B23" s="19"/>
+      <c r="C23" s="87"/>
+      <c r="D23" s="87"/>
+      <c r="E23" s="87"/>
+      <c r="F23" s="87"/>
+      <c r="G23" s="87"/>
+      <c r="H23" s="87"/>
+      <c r="I23" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="19"/>
+    </row>
+    <row r="24" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="19"/>
+      <c r="B24" s="19"/>
+      <c r="C24" s="87"/>
+      <c r="D24" s="87"/>
+      <c r="E24" s="87"/>
+      <c r="F24" s="87"/>
+      <c r="G24" s="87"/>
+      <c r="H24" s="87"/>
+      <c r="I24" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="19"/>
+    </row>
+    <row r="25" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="19"/>
+      <c r="B25" s="19"/>
+      <c r="C25" s="87"/>
+      <c r="D25" s="87"/>
+      <c r="E25" s="87"/>
+      <c r="F25" s="87"/>
+      <c r="G25" s="87"/>
+      <c r="H25" s="87"/>
+      <c r="I25" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="19"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A26" s="19"/>
+      <c r="B26" s="19"/>
+      <c r="C26" s="87"/>
+      <c r="D26" s="87"/>
+      <c r="E26" s="87"/>
+      <c r="F26" s="87"/>
+      <c r="G26" s="87"/>
+      <c r="H26" s="87"/>
+      <c r="I26" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="19"/>
+    </row>
+    <row r="27" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="19"/>
+      <c r="B27" s="19"/>
+      <c r="C27" s="87"/>
+      <c r="D27" s="87"/>
+      <c r="E27" s="87"/>
+      <c r="F27" s="87"/>
+      <c r="G27" s="87"/>
+      <c r="H27" s="87"/>
+      <c r="I27" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="19"/>
+    </row>
+    <row r="28" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="19"/>
+      <c r="B28" s="19"/>
+      <c r="C28" s="87"/>
+      <c r="D28" s="87"/>
+      <c r="E28" s="87"/>
+      <c r="F28" s="87"/>
+      <c r="G28" s="87"/>
+      <c r="H28" s="87"/>
+      <c r="I28" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="19"/>
+    </row>
+    <row r="29" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="19"/>
+      <c r="B29" s="19"/>
+      <c r="C29" s="87"/>
+      <c r="D29" s="87"/>
+      <c r="E29" s="87"/>
+      <c r="F29" s="87"/>
+      <c r="G29" s="87"/>
+      <c r="H29" s="87"/>
+      <c r="I29" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="19"/>
+    </row>
+    <row r="30" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="19"/>
+      <c r="B30" s="19"/>
+      <c r="C30" s="87"/>
+      <c r="D30" s="87"/>
+      <c r="E30" s="87"/>
+      <c r="F30" s="87"/>
+      <c r="G30" s="87"/>
+      <c r="H30" s="87"/>
+      <c r="I30" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="19"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="19"/>
+      <c r="B31" s="19"/>
+      <c r="C31" s="87"/>
+      <c r="D31" s="87"/>
+      <c r="E31" s="87"/>
+      <c r="F31" s="87"/>
+      <c r="G31" s="87"/>
+      <c r="H31" s="87"/>
+      <c r="I31" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="19"/>
+    </row>
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="19"/>
+      <c r="B32" s="19"/>
+      <c r="C32" s="87"/>
+      <c r="D32" s="87"/>
+      <c r="E32" s="87"/>
+      <c r="F32" s="87"/>
+      <c r="G32" s="87"/>
+      <c r="H32" s="87"/>
+      <c r="I32" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J32" s="19"/>
+    </row>
+    <row r="33" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="19"/>
+      <c r="B33" s="19"/>
+      <c r="C33" s="87"/>
+      <c r="D33" s="87"/>
+      <c r="E33" s="87"/>
+      <c r="F33" s="87"/>
+      <c r="G33" s="87"/>
+      <c r="H33" s="87"/>
+      <c r="I33" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J33" s="19"/>
+    </row>
+    <row r="34" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="19"/>
+      <c r="B34" s="19"/>
+      <c r="C34" s="87"/>
+      <c r="D34" s="87"/>
+      <c r="E34" s="87"/>
+      <c r="F34" s="87"/>
+      <c r="G34" s="87"/>
+      <c r="H34" s="87"/>
+      <c r="I34" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J34" s="19"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A35" s="19"/>
+      <c r="B35" s="19"/>
+      <c r="C35" s="87"/>
+      <c r="D35" s="87"/>
+      <c r="E35" s="87"/>
+      <c r="F35" s="87"/>
+      <c r="G35" s="87"/>
+      <c r="H35" s="87"/>
+      <c r="I35" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J35" s="19"/>
+    </row>
+    <row r="36" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="19"/>
+      <c r="B36" s="19"/>
+      <c r="C36" s="87"/>
+      <c r="D36" s="87"/>
+      <c r="E36" s="87"/>
+      <c r="F36" s="87"/>
+      <c r="G36" s="87"/>
+      <c r="H36" s="87"/>
+      <c r="I36" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J36" s="19"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A37" s="19"/>
+      <c r="B37" s="19"/>
+      <c r="C37" s="87"/>
+      <c r="D37" s="87"/>
+      <c r="E37" s="87"/>
+      <c r="F37" s="87"/>
+      <c r="G37" s="87"/>
+      <c r="H37" s="87"/>
+      <c r="I37" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J37" s="19"/>
+    </row>
+    <row r="38" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="19"/>
+      <c r="B38" s="19"/>
+      <c r="C38" s="87"/>
+      <c r="D38" s="87"/>
+      <c r="E38" s="87"/>
+      <c r="F38" s="87"/>
+      <c r="G38" s="87"/>
+      <c r="H38" s="87"/>
+      <c r="I38" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J38" s="19"/>
+    </row>
+    <row r="39" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="19"/>
+      <c r="B39" s="19"/>
+      <c r="C39" s="87"/>
+      <c r="D39" s="87"/>
+      <c r="E39" s="87"/>
+      <c r="F39" s="87"/>
+      <c r="G39" s="87"/>
+      <c r="H39" s="87"/>
+      <c r="I39" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J39" s="19"/>
+    </row>
+    <row r="40" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="19"/>
+      <c r="B40" s="19"/>
+      <c r="C40" s="87"/>
+      <c r="D40" s="87"/>
+      <c r="E40" s="87"/>
+      <c r="F40" s="87"/>
+      <c r="G40" s="87"/>
+      <c r="H40" s="87"/>
+      <c r="I40" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J40" s="19"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A41" s="19"/>
+      <c r="B41" s="19"/>
+      <c r="C41" s="87"/>
+      <c r="D41" s="87"/>
+      <c r="E41" s="87"/>
+      <c r="F41" s="87"/>
+      <c r="G41" s="87"/>
+      <c r="H41" s="87"/>
+      <c r="I41" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J41" s="19"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A42" s="19"/>
+      <c r="B42" s="19"/>
+      <c r="C42" s="87"/>
+      <c r="D42" s="87"/>
+      <c r="E42" s="87"/>
+      <c r="F42" s="87"/>
+      <c r="G42" s="87"/>
+      <c r="H42" s="87"/>
+      <c r="I42" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J42" s="19"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A43" s="19"/>
+      <c r="B43" s="19"/>
+      <c r="C43" s="87"/>
+      <c r="D43" s="87"/>
+      <c r="E43" s="87"/>
+      <c r="F43" s="87"/>
+      <c r="G43" s="87"/>
+      <c r="H43" s="87"/>
+      <c r="I43" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J43" s="19"/>
+    </row>
+    <row r="44" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="19"/>
+      <c r="B44" s="19"/>
+      <c r="C44" s="87"/>
+      <c r="D44" s="87"/>
+      <c r="E44" s="87"/>
+      <c r="F44" s="87"/>
+      <c r="G44" s="87"/>
+      <c r="H44" s="87"/>
+      <c r="I44" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J44" s="19"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A45" s="19"/>
+      <c r="B45" s="19"/>
+      <c r="C45" s="87"/>
+      <c r="D45" s="87"/>
+      <c r="E45" s="87"/>
+      <c r="F45" s="87"/>
+      <c r="G45" s="87"/>
+      <c r="H45" s="87"/>
+      <c r="I45" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J45" s="19"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A46" s="19"/>
+      <c r="B46" s="19"/>
+      <c r="C46" s="87"/>
+      <c r="D46" s="87"/>
+      <c r="E46" s="87"/>
+      <c r="F46" s="87"/>
+      <c r="G46" s="87"/>
+      <c r="H46" s="87"/>
+      <c r="I46" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J46" s="19"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A47" s="19"/>
+      <c r="B47" s="19"/>
+      <c r="C47" s="87"/>
+      <c r="D47" s="87"/>
+      <c r="E47" s="87"/>
+      <c r="F47" s="87"/>
+      <c r="G47" s="87"/>
+      <c r="H47" s="87"/>
+      <c r="I47" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J47" s="19"/>
+    </row>
+    <row r="48" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="19"/>
+      <c r="B48" s="19"/>
+      <c r="C48" s="87"/>
+      <c r="D48" s="87"/>
+      <c r="E48" s="87"/>
+      <c r="F48" s="87"/>
+      <c r="G48" s="87"/>
+      <c r="H48" s="87"/>
+      <c r="I48" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J48" s="19"/>
+    </row>
+    <row r="49" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="19"/>
+      <c r="B49" s="19"/>
+      <c r="C49" s="87"/>
+      <c r="D49" s="87"/>
+      <c r="E49" s="87"/>
+      <c r="F49" s="87"/>
+      <c r="G49" s="87"/>
+      <c r="H49" s="87"/>
+      <c r="I49" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J49" s="19"/>
+    </row>
+    <row r="50" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="19"/>
+      <c r="B50" s="19"/>
+      <c r="C50" s="87"/>
+      <c r="D50" s="87"/>
+      <c r="E50" s="87"/>
+      <c r="F50" s="87"/>
+      <c r="G50" s="87"/>
+      <c r="H50" s="87"/>
+      <c r="I50" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J50" s="19"/>
+    </row>
+    <row r="51" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="19"/>
+      <c r="B51" s="19"/>
+      <c r="C51" s="87"/>
+      <c r="D51" s="87"/>
+      <c r="E51" s="87"/>
+      <c r="F51" s="87"/>
+      <c r="G51" s="87"/>
+      <c r="H51" s="87"/>
+      <c r="I51" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J51" s="19"/>
+    </row>
+    <row r="52" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="19"/>
+      <c r="B52" s="19"/>
+      <c r="C52" s="87"/>
+      <c r="D52" s="87"/>
+      <c r="E52" s="87"/>
+      <c r="F52" s="87"/>
+      <c r="G52" s="87"/>
+      <c r="H52" s="87"/>
+      <c r="I52" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J52" s="19"/>
+    </row>
+    <row r="53" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="19"/>
+      <c r="B53" s="19"/>
+      <c r="C53" s="87"/>
+      <c r="D53" s="87"/>
+      <c r="E53" s="87"/>
+      <c r="F53" s="87"/>
+      <c r="G53" s="87"/>
+      <c r="H53" s="87"/>
+      <c r="I53" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J53" s="19"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A54" s="19"/>
+      <c r="B54" s="19"/>
+      <c r="C54" s="87"/>
+      <c r="D54" s="87"/>
+      <c r="E54" s="87"/>
+      <c r="F54" s="87"/>
+      <c r="G54" s="87"/>
+      <c r="H54" s="87"/>
+      <c r="I54" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J54" s="19"/>
+    </row>
+    <row r="55" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="19"/>
+      <c r="B55" s="19"/>
+      <c r="C55" s="87"/>
+      <c r="D55" s="87"/>
+      <c r="E55" s="87"/>
+      <c r="F55" s="87"/>
+      <c r="G55" s="87"/>
+      <c r="H55" s="87"/>
+      <c r="I55" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J55" s="19"/>
+    </row>
+    <row r="56" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="19"/>
+      <c r="B56" s="19"/>
+      <c r="C56" s="87"/>
+      <c r="D56" s="87"/>
+      <c r="E56" s="87"/>
+      <c r="F56" s="87"/>
+      <c r="G56" s="87"/>
+      <c r="H56" s="87"/>
+      <c r="I56" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J56" s="19"/>
+    </row>
+    <row r="57" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="19"/>
+      <c r="B57" s="19"/>
+      <c r="C57" s="87"/>
+      <c r="D57" s="87"/>
+      <c r="E57" s="87"/>
+      <c r="F57" s="87"/>
+      <c r="G57" s="87"/>
+      <c r="H57" s="87"/>
+      <c r="I57" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J57" s="19"/>
+    </row>
+    <row r="58" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="19"/>
+      <c r="B58" s="19"/>
+      <c r="C58" s="87"/>
+      <c r="D58" s="87"/>
+      <c r="E58" s="87"/>
+      <c r="F58" s="87"/>
+      <c r="G58" s="87"/>
+      <c r="H58" s="87"/>
+      <c r="I58" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J58" s="19"/>
+    </row>
+    <row r="59" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="19"/>
+      <c r="B59" s="19"/>
+      <c r="C59" s="87"/>
+      <c r="D59" s="87"/>
+      <c r="E59" s="87"/>
+      <c r="F59" s="87"/>
+      <c r="G59" s="87"/>
+      <c r="H59" s="87"/>
+      <c r="I59" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J59" s="19"/>
+    </row>
+    <row r="60" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="19"/>
+      <c r="B60" s="19"/>
+      <c r="C60" s="87"/>
+      <c r="D60" s="87"/>
+      <c r="E60" s="87"/>
+      <c r="F60" s="87"/>
+      <c r="G60" s="87"/>
+      <c r="H60" s="87"/>
+      <c r="I60" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J60" s="19"/>
+    </row>
+    <row r="61" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="19"/>
+      <c r="B61" s="19"/>
+      <c r="C61" s="87"/>
+      <c r="D61" s="87"/>
+      <c r="E61" s="87"/>
+      <c r="F61" s="87"/>
+      <c r="G61" s="87"/>
+      <c r="H61" s="87"/>
+      <c r="I61" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J61" s="19"/>
+    </row>
+    <row r="62" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="19"/>
+      <c r="B62" s="19"/>
+      <c r="C62" s="87"/>
+      <c r="D62" s="87"/>
+      <c r="E62" s="87"/>
+      <c r="F62" s="87"/>
+      <c r="G62" s="87"/>
+      <c r="H62" s="87"/>
+      <c r="I62" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J62" s="19"/>
+    </row>
+    <row r="63" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="19"/>
+      <c r="B63" s="19"/>
+      <c r="C63" s="87"/>
+      <c r="D63" s="87"/>
+      <c r="E63" s="87"/>
+      <c r="F63" s="87"/>
+      <c r="G63" s="87"/>
+      <c r="H63" s="87"/>
+      <c r="I63" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J63" s="19"/>
+    </row>
+    <row r="64" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="19"/>
+      <c r="B64" s="19"/>
+      <c r="C64" s="87"/>
+      <c r="D64" s="87"/>
+      <c r="E64" s="87"/>
+      <c r="F64" s="87"/>
+      <c r="G64" s="87"/>
+      <c r="H64" s="87"/>
+      <c r="I64" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J64" s="19"/>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A65" s="19"/>
+      <c r="B65" s="19"/>
+      <c r="C65" s="87"/>
+      <c r="D65" s="87"/>
+      <c r="E65" s="87"/>
+      <c r="F65" s="87"/>
+      <c r="G65" s="87"/>
+      <c r="H65" s="87"/>
+      <c r="I65" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J65" s="19"/>
+    </row>
+    <row r="66" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="19"/>
+      <c r="B66" s="19"/>
+      <c r="C66" s="87"/>
+      <c r="D66" s="87"/>
+      <c r="E66" s="87"/>
+      <c r="F66" s="87"/>
+      <c r="G66" s="87"/>
+      <c r="H66" s="87"/>
+      <c r="I66" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J66" s="19"/>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A67" s="19"/>
+      <c r="B67" s="19"/>
+      <c r="C67" s="87"/>
+      <c r="D67" s="87"/>
+      <c r="E67" s="87"/>
+      <c r="F67" s="87"/>
+      <c r="G67" s="87"/>
+      <c r="H67" s="87"/>
+      <c r="I67" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J67" s="19"/>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A68" s="19"/>
+      <c r="B68" s="19"/>
+      <c r="C68" s="87"/>
+      <c r="D68" s="87"/>
+      <c r="E68" s="87"/>
+      <c r="F68" s="87"/>
+      <c r="G68" s="87"/>
+      <c r="H68" s="87"/>
+      <c r="I68" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J68" s="19"/>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A69" s="19"/>
+      <c r="B69" s="19"/>
+      <c r="C69" s="87"/>
+      <c r="D69" s="87"/>
+      <c r="E69" s="87"/>
+      <c r="F69" s="87"/>
+      <c r="G69" s="87"/>
+      <c r="H69" s="87"/>
+      <c r="I69" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J69" s="19"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A70" s="19"/>
+      <c r="B70" s="19"/>
+      <c r="C70" s="87"/>
+      <c r="D70" s="87"/>
+      <c r="E70" s="87"/>
+      <c r="F70" s="87"/>
+      <c r="G70" s="87"/>
+      <c r="H70" s="87"/>
+      <c r="I70" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J70" s="19"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A71" s="19"/>
+      <c r="B71" s="19"/>
+      <c r="C71" s="87"/>
+      <c r="D71" s="87"/>
+      <c r="E71" s="87"/>
+      <c r="F71" s="87"/>
+      <c r="G71" s="87"/>
+      <c r="H71" s="87"/>
+      <c r="I71" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J71" s="19"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A72" s="19"/>
+      <c r="B72" s="19"/>
+      <c r="C72" s="87"/>
+      <c r="D72" s="87"/>
+      <c r="E72" s="87"/>
+      <c r="F72" s="87"/>
+      <c r="G72" s="87"/>
+      <c r="H72" s="87"/>
+      <c r="I72" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J72" s="19"/>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A73" s="19"/>
+      <c r="B73" s="19"/>
+      <c r="C73" s="87"/>
+      <c r="D73" s="87"/>
+      <c r="E73" s="87"/>
+      <c r="F73" s="87"/>
+      <c r="G73" s="87"/>
+      <c r="H73" s="87"/>
+      <c r="I73" s="53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J73" s="19"/>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A74" s="19"/>
+      <c r="B74" s="19"/>
+      <c r="C74" s="87"/>
+      <c r="D74" s="87"/>
+      <c r="E74" s="87"/>
+      <c r="F74" s="87"/>
+      <c r="G74" s="87"/>
+      <c r="H74" s="87"/>
+      <c r="I74" s="53">
+        <f t="shared" ref="I74:I89" si="1">SUM((G74*$C$4)+H74)</f>
+        <v>0</v>
+      </c>
+      <c r="J74" s="19"/>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A75" s="19"/>
+      <c r="B75" s="19"/>
+      <c r="C75" s="87"/>
+      <c r="D75" s="87"/>
+      <c r="E75" s="87"/>
+      <c r="F75" s="87"/>
+      <c r="G75" s="87"/>
+      <c r="H75" s="87"/>
+      <c r="I75" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J75" s="19"/>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A76" s="19"/>
+      <c r="B76" s="19"/>
+      <c r="C76" s="87"/>
+      <c r="D76" s="87"/>
+      <c r="E76" s="87"/>
+      <c r="F76" s="87"/>
+      <c r="G76" s="87"/>
+      <c r="H76" s="87"/>
+      <c r="I76" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J76" s="19"/>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A77" s="19"/>
+      <c r="B77" s="19"/>
+      <c r="C77" s="87"/>
+      <c r="D77" s="87"/>
+      <c r="E77" s="87"/>
+      <c r="F77" s="87"/>
+      <c r="G77" s="87"/>
+      <c r="H77" s="87"/>
+      <c r="I77" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J77" s="19"/>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A78" s="19"/>
+      <c r="B78" s="19"/>
+      <c r="C78" s="87"/>
+      <c r="D78" s="87"/>
+      <c r="E78" s="87"/>
+      <c r="F78" s="87"/>
+      <c r="G78" s="87"/>
+      <c r="H78" s="87"/>
+      <c r="I78" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J78" s="19"/>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A79" s="19"/>
+      <c r="B79" s="19"/>
+      <c r="C79" s="87"/>
+      <c r="D79" s="87"/>
+      <c r="E79" s="87"/>
+      <c r="F79" s="87"/>
+      <c r="G79" s="87"/>
+      <c r="H79" s="87"/>
+      <c r="I79" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J79" s="19"/>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A80" s="19"/>
+      <c r="B80" s="19"/>
+      <c r="C80" s="87"/>
+      <c r="D80" s="87"/>
+      <c r="E80" s="87"/>
+      <c r="F80" s="87"/>
+      <c r="G80" s="87"/>
+      <c r="H80" s="87"/>
+      <c r="I80" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J80" s="19"/>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A81" s="19"/>
+      <c r="B81" s="19"/>
+      <c r="C81" s="87"/>
+      <c r="D81" s="87"/>
+      <c r="E81" s="87"/>
+      <c r="F81" s="87"/>
+      <c r="G81" s="87"/>
+      <c r="H81" s="87"/>
+      <c r="I81" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J81" s="19"/>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A82" s="19"/>
+      <c r="B82" s="19"/>
+      <c r="C82" s="87"/>
+      <c r="D82" s="87"/>
+      <c r="E82" s="87"/>
+      <c r="F82" s="87"/>
+      <c r="G82" s="87"/>
+      <c r="H82" s="87"/>
+      <c r="I82" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J82" s="19"/>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A83" s="19"/>
+      <c r="B83" s="19"/>
+      <c r="C83" s="87"/>
+      <c r="D83" s="87"/>
+      <c r="E83" s="87"/>
+      <c r="F83" s="87"/>
+      <c r="G83" s="87"/>
+      <c r="H83" s="87"/>
+      <c r="I83" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J83" s="19"/>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A84" s="19"/>
+      <c r="B84" s="19"/>
+      <c r="C84" s="87"/>
+      <c r="D84" s="87"/>
+      <c r="E84" s="87"/>
+      <c r="F84" s="87"/>
+      <c r="G84" s="87"/>
+      <c r="H84" s="87"/>
+      <c r="I84" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J84" s="19"/>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A85" s="19"/>
+      <c r="B85" s="19"/>
+      <c r="C85" s="87"/>
+      <c r="D85" s="87"/>
+      <c r="E85" s="87"/>
+      <c r="F85" s="87"/>
+      <c r="G85" s="87"/>
+      <c r="H85" s="87"/>
+      <c r="I85" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J85" s="19"/>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A86" s="19"/>
+      <c r="B86" s="19"/>
+      <c r="C86" s="87"/>
+      <c r="D86" s="87"/>
+      <c r="E86" s="87"/>
+      <c r="F86" s="87"/>
+      <c r="G86" s="87"/>
+      <c r="H86" s="87"/>
+      <c r="I86" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J86" s="19"/>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A87" s="19"/>
+      <c r="B87" s="19"/>
+      <c r="C87" s="87"/>
+      <c r="D87" s="87"/>
+      <c r="E87" s="87"/>
+      <c r="F87" s="87"/>
+      <c r="G87" s="87"/>
+      <c r="H87" s="87"/>
+      <c r="I87" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J87" s="19"/>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A88" s="19"/>
+      <c r="B88" s="19"/>
+      <c r="C88" s="87"/>
+      <c r="D88" s="87"/>
+      <c r="E88" s="87"/>
+      <c r="F88" s="87"/>
+      <c r="G88" s="87"/>
+      <c r="H88" s="87"/>
+      <c r="I88" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J88" s="19"/>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A89" s="19"/>
+      <c r="B89" s="19"/>
+      <c r="C89" s="87"/>
+      <c r="D89" s="87"/>
+      <c r="E89" s="87"/>
+      <c r="F89" s="87"/>
+      <c r="G89" s="87"/>
+      <c r="H89" s="87"/>
+      <c r="I89" s="53">
+        <f>SUM((G89*$C$4)+H89)</f>
+        <v>0</v>
+      </c>
+      <c r="J89" s="19"/>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A90" s="19"/>
+      <c r="B90" s="19"/>
+      <c r="C90" s="54" t="s">
+        <v>22</v>
+      </c>
+      <c r="D90" s="54" t="s">
+        <v>22</v>
+      </c>
+      <c r="E90" s="54" t="s">
+        <v>22</v>
+      </c>
+      <c r="F90" s="54"/>
+      <c r="G90" s="55">
         <f>SUM(G10:G89)</f>
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="H90" s="72">
+        <v>0</v>
+      </c>
+      <c r="H90" s="55">
         <f>SUM(H10:H89)</f>
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="I90" s="67">
+        <v>0</v>
+      </c>
+      <c r="I90" s="52">
         <f>SUM(I10:I89)</f>
-        <v>300</v>
-[...37 lines deleted...]
-      <c r="J93" s="23"/>
+        <v>0</v>
+      </c>
+      <c r="J90" s="19"/>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A91" s="19"/>
+      <c r="B91" s="19"/>
+      <c r="C91" s="19"/>
+      <c r="D91" s="19"/>
+      <c r="E91" s="19"/>
+      <c r="F91" s="19"/>
+      <c r="G91" s="19"/>
+      <c r="H91" s="19"/>
+      <c r="I91" s="46"/>
+      <c r="J91" s="19"/>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A92" s="19"/>
+      <c r="B92" s="19"/>
+      <c r="C92" s="19"/>
+      <c r="D92" s="19"/>
+      <c r="E92" s="19"/>
+      <c r="F92" s="19"/>
+      <c r="G92" s="19"/>
+      <c r="H92" s="19"/>
+      <c r="I92" s="46"/>
+      <c r="J92" s="19"/>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A93" s="19"/>
+      <c r="B93" s="19"/>
+      <c r="C93" s="56"/>
+      <c r="D93" s="56"/>
+      <c r="E93" s="56"/>
+      <c r="F93" s="56"/>
+      <c r="G93" s="19"/>
+      <c r="H93" s="19"/>
+      <c r="I93" s="46"/>
+      <c r="J93" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="B6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="62" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:I135"/>
+  <dimension ref="A1:I101"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E17" sqref="E17"/>
+    <sheetView topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C1" sqref="C1:E1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.5703125" style="23" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="8.85546875" style="23"/>
+    <col min="1" max="1" width="4.5546875" style="19" customWidth="1"/>
+    <col min="2" max="2" width="33.44140625" style="19" customWidth="1"/>
+    <col min="3" max="3" width="23.88671875" style="19" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.44140625" style="19" customWidth="1"/>
+    <col min="5" max="5" width="15" style="19" customWidth="1"/>
+    <col min="6" max="6" width="1.21875" style="19" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="8.88671875" style="19"/>
+    <col min="8" max="8" width="12" style="19" customWidth="1"/>
+    <col min="9" max="9" width="6.88671875" style="19" customWidth="1"/>
+    <col min="10" max="10" width="9.88671875" style="19" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="19"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B1" s="23" t="s">
+    <row r="1" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C1" s="91">
+        <f>'Steps - please read first!'!F1</f>
+        <v>0</v>
+      </c>
+      <c r="D1" s="92"/>
+      <c r="E1" s="93"/>
+      <c r="G1" s="88"/>
+    </row>
+    <row r="2" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="83" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" s="84"/>
+      <c r="E3" s="28" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B4" s="20" t="s">
+        <v>73</v>
+      </c>
+      <c r="E4" s="90"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B5" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" s="90"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B6" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" s="90"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B7" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" s="90"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B8" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" s="90"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B9" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" s="90"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B10" s="89"/>
+      <c r="E10" s="90"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B11" s="89"/>
+      <c r="E11" s="90"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B12" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="27"/>
+      <c r="D12" s="27"/>
+      <c r="E12" s="29">
+        <f>SUM(E4:E11)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B13" s="20"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A14" s="65" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="65"/>
+      <c r="C14" s="65"/>
+      <c r="D14" s="65"/>
+      <c r="E14" s="65"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="C15" s="67"/>
+      <c r="D15" s="67"/>
+    </row>
+    <row r="16" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="20"/>
+    </row>
+    <row r="17" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" s="21">
+        <f>'Shareholder TSE sheet'!I7</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="B18" s="20" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A19" s="66" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="66" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="E19" s="22"/>
+      <c r="F19" s="22"/>
+      <c r="G19" s="22"/>
+      <c r="H19" s="22"/>
+      <c r="I19" s="22"/>
+    </row>
+    <row r="20" spans="1:9" ht="19.350000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="66"/>
+      <c r="B20" s="66"/>
+      <c r="C20" s="66"/>
+      <c r="D20" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" s="22"/>
+      <c r="F20" s="22"/>
+      <c r="G20" s="22"/>
+      <c r="H20" s="22"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A21" s="30">
+        <v>1</v>
+      </c>
+      <c r="B21" s="30">
+        <f>'Shareholder TSE sheet'!E10</f>
+        <v>0</v>
+      </c>
+      <c r="C21" s="31">
+        <f>'Shareholder TSE sheet'!I10</f>
+        <v>0</v>
+      </c>
+      <c r="D21" s="32">
+        <f>IFERROR(C21/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A22" s="30">
+        <v>2</v>
+      </c>
+      <c r="B22" s="30">
+        <f>'Shareholder TSE sheet'!E11</f>
+        <v>0</v>
+      </c>
+      <c r="C22" s="31">
+        <f>'Shareholder TSE sheet'!I11</f>
+        <v>0</v>
+      </c>
+      <c r="D22" s="32">
+        <f t="shared" ref="D22:D85" si="0">IFERROR(C22/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A23" s="30">
+        <v>3</v>
+      </c>
+      <c r="B23" s="30">
+        <f>'Shareholder TSE sheet'!E12</f>
+        <v>0</v>
+      </c>
+      <c r="C23" s="31">
+        <f>'Shareholder TSE sheet'!I12</f>
+        <v>0</v>
+      </c>
+      <c r="D23" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A24" s="30">
+        <v>4</v>
+      </c>
+      <c r="B24" s="30">
+        <f>'Shareholder TSE sheet'!E13</f>
+        <v>0</v>
+      </c>
+      <c r="C24" s="31">
+        <f>'Shareholder TSE sheet'!I13</f>
+        <v>0</v>
+      </c>
+      <c r="D24" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A25" s="30">
+        <v>5</v>
+      </c>
+      <c r="B25" s="30">
+        <f>'Shareholder TSE sheet'!E14</f>
+        <v>0</v>
+      </c>
+      <c r="C25" s="31">
+        <f>'Shareholder TSE sheet'!I14</f>
+        <v>0</v>
+      </c>
+      <c r="D25" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A26" s="30">
+        <v>6</v>
+      </c>
+      <c r="B26" s="30">
+        <f>'Shareholder TSE sheet'!E15</f>
+        <v>0</v>
+      </c>
+      <c r="C26" s="31">
+        <f>'Shareholder TSE sheet'!I15</f>
+        <v>0</v>
+      </c>
+      <c r="D26" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E26" s="24"/>
+      <c r="F26" s="24"/>
+      <c r="G26" s="24"/>
+      <c r="H26" s="24"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A27" s="30">
+        <v>7</v>
+      </c>
+      <c r="B27" s="30">
+        <f>'Shareholder TSE sheet'!E16</f>
+        <v>0</v>
+      </c>
+      <c r="C27" s="31">
+        <f>'Shareholder TSE sheet'!I16</f>
+        <v>0</v>
+      </c>
+      <c r="D27" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E27" s="24"/>
+      <c r="F27" s="24"/>
+      <c r="G27" s="24"/>
+      <c r="H27" s="24"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A28" s="30">
+        <v>8</v>
+      </c>
+      <c r="B28" s="30">
+        <f>'Shareholder TSE sheet'!E17</f>
+        <v>0</v>
+      </c>
+      <c r="C28" s="31">
+        <f>'Shareholder TSE sheet'!I17</f>
+        <v>0</v>
+      </c>
+      <c r="D28" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E28" s="25"/>
+      <c r="F28" s="25"/>
+      <c r="G28" s="25"/>
+      <c r="H28" s="25"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A29" s="30">
+        <v>9</v>
+      </c>
+      <c r="B29" s="30">
+        <f>'Shareholder TSE sheet'!E18</f>
+        <v>0</v>
+      </c>
+      <c r="C29" s="31">
+        <f>'Shareholder TSE sheet'!I18</f>
+        <v>0</v>
+      </c>
+      <c r="D29" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E29" s="25"/>
+      <c r="F29" s="25"/>
+      <c r="G29" s="25"/>
+      <c r="H29" s="25"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A30" s="30">
+        <v>10</v>
+      </c>
+      <c r="B30" s="30">
+        <f>'Shareholder TSE sheet'!E19</f>
+        <v>0</v>
+      </c>
+      <c r="C30" s="31">
+        <f>'Shareholder TSE sheet'!I19</f>
+        <v>0</v>
+      </c>
+      <c r="D30" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E30" s="25"/>
+      <c r="F30" s="25"/>
+      <c r="G30" s="25"/>
+      <c r="H30" s="25"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A31" s="30">
+        <v>11</v>
+      </c>
+      <c r="B31" s="30">
+        <f>'Shareholder TSE sheet'!E20</f>
+        <v>0</v>
+      </c>
+      <c r="C31" s="31">
+        <f>'Shareholder TSE sheet'!I20</f>
+        <v>0</v>
+      </c>
+      <c r="D31" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E31" s="25"/>
+      <c r="F31" s="25"/>
+      <c r="G31" s="25"/>
+      <c r="H31" s="25"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A32" s="30">
+        <v>12</v>
+      </c>
+      <c r="B32" s="30">
+        <f>'Shareholder TSE sheet'!E21</f>
+        <v>0</v>
+      </c>
+      <c r="C32" s="31">
+        <f>'Shareholder TSE sheet'!I21</f>
+        <v>0</v>
+      </c>
+      <c r="D32" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E32" s="25"/>
+      <c r="F32" s="25"/>
+      <c r="G32" s="25"/>
+      <c r="H32" s="25"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A33" s="30">
+        <v>13</v>
+      </c>
+      <c r="B33" s="30">
+        <f>'Shareholder TSE sheet'!E22</f>
+        <v>0</v>
+      </c>
+      <c r="C33" s="31">
+        <f>'Shareholder TSE sheet'!I22</f>
+        <v>0</v>
+      </c>
+      <c r="D33" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E33" s="25"/>
+      <c r="F33" s="25"/>
+      <c r="G33" s="25"/>
+      <c r="H33" s="25"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A34" s="30">
+        <v>14</v>
+      </c>
+      <c r="B34" s="30">
+        <f>'Shareholder TSE sheet'!E23</f>
+        <v>0</v>
+      </c>
+      <c r="C34" s="31">
+        <f>'Shareholder TSE sheet'!I23</f>
+        <v>0</v>
+      </c>
+      <c r="D34" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E34" s="25"/>
+      <c r="F34" s="25"/>
+      <c r="G34" s="25"/>
+      <c r="H34" s="25"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A35" s="30">
+        <v>15</v>
+      </c>
+      <c r="B35" s="30">
+        <f>'Shareholder TSE sheet'!E24</f>
+        <v>0</v>
+      </c>
+      <c r="C35" s="31">
+        <f>'Shareholder TSE sheet'!I24</f>
+        <v>0</v>
+      </c>
+      <c r="D35" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E35" s="25"/>
+      <c r="F35" s="25"/>
+      <c r="G35" s="25"/>
+      <c r="H35" s="25"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A36" s="30">
+        <v>16</v>
+      </c>
+      <c r="B36" s="30">
+        <f>'Shareholder TSE sheet'!E25</f>
+        <v>0</v>
+      </c>
+      <c r="C36" s="31">
+        <f>'Shareholder TSE sheet'!I25</f>
+        <v>0</v>
+      </c>
+      <c r="D36" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E36" s="25"/>
+      <c r="F36" s="25"/>
+      <c r="G36" s="25"/>
+      <c r="H36" s="25"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A37" s="30">
+        <v>17</v>
+      </c>
+      <c r="B37" s="30">
+        <f>'Shareholder TSE sheet'!E26</f>
+        <v>0</v>
+      </c>
+      <c r="C37" s="31">
+        <f>'Shareholder TSE sheet'!I26</f>
+        <v>0</v>
+      </c>
+      <c r="D37" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E37" s="25"/>
+      <c r="F37" s="25"/>
+      <c r="G37" s="25"/>
+      <c r="H37" s="25"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A38" s="30">
+        <v>18</v>
+      </c>
+      <c r="B38" s="30">
+        <f>'Shareholder TSE sheet'!E27</f>
+        <v>0</v>
+      </c>
+      <c r="C38" s="31">
+        <f>'Shareholder TSE sheet'!I27</f>
+        <v>0</v>
+      </c>
+      <c r="D38" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E38" s="25"/>
+      <c r="F38" s="25"/>
+      <c r="G38" s="25"/>
+      <c r="H38" s="25"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A39" s="30">
+        <v>19</v>
+      </c>
+      <c r="B39" s="30">
+        <f>'Shareholder TSE sheet'!E28</f>
+        <v>0</v>
+      </c>
+      <c r="C39" s="31">
+        <f>'Shareholder TSE sheet'!I28</f>
+        <v>0</v>
+      </c>
+      <c r="D39" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E39" s="25"/>
+      <c r="F39" s="25"/>
+      <c r="G39" s="25"/>
+      <c r="H39" s="25"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A40" s="30">
+        <v>20</v>
+      </c>
+      <c r="B40" s="30">
+        <f>'Shareholder TSE sheet'!E29</f>
+        <v>0</v>
+      </c>
+      <c r="C40" s="31">
+        <f>'Shareholder TSE sheet'!I29</f>
+        <v>0</v>
+      </c>
+      <c r="D40" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E40" s="25"/>
+      <c r="F40" s="25"/>
+      <c r="G40" s="25"/>
+      <c r="H40" s="25"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A41" s="30">
+        <v>21</v>
+      </c>
+      <c r="B41" s="30">
+        <f>'Shareholder TSE sheet'!E30</f>
+        <v>0</v>
+      </c>
+      <c r="C41" s="31">
+        <f>'Shareholder TSE sheet'!I30</f>
+        <v>0</v>
+      </c>
+      <c r="D41" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E41" s="25"/>
+      <c r="F41" s="25"/>
+      <c r="G41" s="25"/>
+      <c r="H41" s="25"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A42" s="30">
+        <v>22</v>
+      </c>
+      <c r="B42" s="30">
+        <f>'Shareholder TSE sheet'!E31</f>
+        <v>0</v>
+      </c>
+      <c r="C42" s="31">
+        <f>'Shareholder TSE sheet'!I31</f>
+        <v>0</v>
+      </c>
+      <c r="D42" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E42" s="25"/>
+      <c r="F42" s="25"/>
+      <c r="G42" s="25"/>
+      <c r="H42" s="25"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A43" s="30">
+        <v>23</v>
+      </c>
+      <c r="B43" s="30">
+        <f>'Shareholder TSE sheet'!E32</f>
+        <v>0</v>
+      </c>
+      <c r="C43" s="31">
+        <f>'Shareholder TSE sheet'!I32</f>
+        <v>0</v>
+      </c>
+      <c r="D43" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E43" s="25"/>
+      <c r="F43" s="25"/>
+      <c r="G43" s="25"/>
+      <c r="H43" s="25"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A44" s="30">
+        <v>24</v>
+      </c>
+      <c r="B44" s="30">
+        <f>'Shareholder TSE sheet'!E33</f>
+        <v>0</v>
+      </c>
+      <c r="C44" s="31">
+        <f>'Shareholder TSE sheet'!I33</f>
+        <v>0</v>
+      </c>
+      <c r="D44" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E44" s="25"/>
+      <c r="F44" s="25"/>
+      <c r="G44" s="25"/>
+      <c r="H44" s="25"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A45" s="30">
+        <v>25</v>
+      </c>
+      <c r="B45" s="30">
+        <f>'Shareholder TSE sheet'!E34</f>
+        <v>0</v>
+      </c>
+      <c r="C45" s="31">
+        <f>'Shareholder TSE sheet'!I34</f>
+        <v>0</v>
+      </c>
+      <c r="D45" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E45" s="25"/>
+      <c r="F45" s="25"/>
+      <c r="G45" s="25"/>
+      <c r="H45" s="25"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A46" s="30">
+        <v>26</v>
+      </c>
+      <c r="B46" s="30">
+        <f>'Shareholder TSE sheet'!E35</f>
+        <v>0</v>
+      </c>
+      <c r="C46" s="31">
+        <f>'Shareholder TSE sheet'!I35</f>
+        <v>0</v>
+      </c>
+      <c r="D46" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E46" s="25"/>
+      <c r="F46" s="25"/>
+      <c r="G46" s="25"/>
+      <c r="H46" s="25"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A47" s="30">
+        <v>27</v>
+      </c>
+      <c r="B47" s="30">
+        <f>'Shareholder TSE sheet'!E36</f>
+        <v>0</v>
+      </c>
+      <c r="C47" s="31">
+        <f>'Shareholder TSE sheet'!I36</f>
+        <v>0</v>
+      </c>
+      <c r="D47" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E47" s="25"/>
+      <c r="F47" s="25"/>
+      <c r="G47" s="25"/>
+      <c r="H47" s="25"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A48" s="30">
+        <v>28</v>
+      </c>
+      <c r="B48" s="30">
+        <f>'Shareholder TSE sheet'!E37</f>
+        <v>0</v>
+      </c>
+      <c r="C48" s="31">
+        <f>'Shareholder TSE sheet'!I37</f>
+        <v>0</v>
+      </c>
+      <c r="D48" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E48" s="25"/>
+      <c r="F48" s="25"/>
+      <c r="G48" s="25"/>
+      <c r="H48" s="25"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A49" s="30">
+        <v>29</v>
+      </c>
+      <c r="B49" s="30">
+        <f>'Shareholder TSE sheet'!E38</f>
+        <v>0</v>
+      </c>
+      <c r="C49" s="31">
+        <f>'Shareholder TSE sheet'!I38</f>
+        <v>0</v>
+      </c>
+      <c r="D49" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E49" s="25"/>
+      <c r="F49" s="25"/>
+      <c r="G49" s="25"/>
+      <c r="H49" s="25"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A50" s="30">
+        <v>30</v>
+      </c>
+      <c r="B50" s="30">
+        <f>'Shareholder TSE sheet'!E39</f>
+        <v>0</v>
+      </c>
+      <c r="C50" s="31">
+        <f>'Shareholder TSE sheet'!I39</f>
+        <v>0</v>
+      </c>
+      <c r="D50" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E50" s="25"/>
+      <c r="F50" s="25"/>
+      <c r="G50" s="25"/>
+      <c r="H50" s="25"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A51" s="30">
+        <v>31</v>
+      </c>
+      <c r="B51" s="30">
+        <f>'Shareholder TSE sheet'!E40</f>
+        <v>0</v>
+      </c>
+      <c r="C51" s="31">
+        <f>'Shareholder TSE sheet'!I40</f>
+        <v>0</v>
+      </c>
+      <c r="D51" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E51" s="25"/>
+      <c r="F51" s="25"/>
+      <c r="G51" s="25"/>
+      <c r="H51" s="25"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A52" s="30">
+        <v>32</v>
+      </c>
+      <c r="B52" s="30">
+        <f>'Shareholder TSE sheet'!E41</f>
+        <v>0</v>
+      </c>
+      <c r="C52" s="31">
+        <f>'Shareholder TSE sheet'!I41</f>
+        <v>0</v>
+      </c>
+      <c r="D52" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E52" s="25"/>
+      <c r="F52" s="25"/>
+      <c r="G52" s="25"/>
+      <c r="H52" s="25"/>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A53" s="30">
+        <v>33</v>
+      </c>
+      <c r="B53" s="30">
+        <f>'Shareholder TSE sheet'!E42</f>
+        <v>0</v>
+      </c>
+      <c r="C53" s="31">
+        <f>'Shareholder TSE sheet'!I42</f>
+        <v>0</v>
+      </c>
+      <c r="D53" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E53" s="25"/>
+      <c r="F53" s="25"/>
+      <c r="G53" s="25"/>
+      <c r="H53" s="25"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A54" s="30">
+        <v>34</v>
+      </c>
+      <c r="B54" s="30">
+        <f>'Shareholder TSE sheet'!E43</f>
+        <v>0</v>
+      </c>
+      <c r="C54" s="31">
+        <f>'Shareholder TSE sheet'!I43</f>
+        <v>0</v>
+      </c>
+      <c r="D54" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E54" s="25"/>
+      <c r="F54" s="25"/>
+      <c r="G54" s="25"/>
+      <c r="H54" s="25"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A55" s="30">
+        <v>35</v>
+      </c>
+      <c r="B55" s="30">
+        <f>'Shareholder TSE sheet'!E44</f>
+        <v>0</v>
+      </c>
+      <c r="C55" s="31">
+        <f>'Shareholder TSE sheet'!I44</f>
+        <v>0</v>
+      </c>
+      <c r="D55" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E55" s="25"/>
+      <c r="F55" s="25"/>
+      <c r="G55" s="25"/>
+      <c r="H55" s="25"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A56" s="30">
+        <v>36</v>
+      </c>
+      <c r="B56" s="30">
+        <f>'Shareholder TSE sheet'!E45</f>
+        <v>0</v>
+      </c>
+      <c r="C56" s="31">
+        <f>'Shareholder TSE sheet'!I45</f>
+        <v>0</v>
+      </c>
+      <c r="D56" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E56" s="25"/>
+      <c r="F56" s="25"/>
+      <c r="G56" s="25"/>
+      <c r="H56" s="25"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A57" s="30">
+        <v>37</v>
+      </c>
+      <c r="B57" s="30">
+        <f>'Shareholder TSE sheet'!E46</f>
+        <v>0</v>
+      </c>
+      <c r="C57" s="31">
+        <f>'Shareholder TSE sheet'!I46</f>
+        <v>0</v>
+      </c>
+      <c r="D57" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E57" s="25"/>
+      <c r="F57" s="25"/>
+      <c r="G57" s="25"/>
+      <c r="H57" s="25"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A58" s="30">
+        <v>38</v>
+      </c>
+      <c r="B58" s="30">
+        <f>'Shareholder TSE sheet'!E47</f>
+        <v>0</v>
+      </c>
+      <c r="C58" s="31">
+        <f>'Shareholder TSE sheet'!I47</f>
+        <v>0</v>
+      </c>
+      <c r="D58" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E58" s="25"/>
+      <c r="F58" s="25"/>
+      <c r="G58" s="25"/>
+      <c r="H58" s="25"/>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A59" s="30">
+        <v>39</v>
+      </c>
+      <c r="B59" s="30">
+        <f>'Shareholder TSE sheet'!E48</f>
+        <v>0</v>
+      </c>
+      <c r="C59" s="31">
+        <f>'Shareholder TSE sheet'!I48</f>
+        <v>0</v>
+      </c>
+      <c r="D59" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E59" s="25"/>
+      <c r="F59" s="25"/>
+      <c r="G59" s="25"/>
+      <c r="H59" s="25"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A60" s="30">
+        <v>40</v>
+      </c>
+      <c r="B60" s="30">
+        <f>'Shareholder TSE sheet'!E49</f>
+        <v>0</v>
+      </c>
+      <c r="C60" s="31">
+        <f>'Shareholder TSE sheet'!I49</f>
+        <v>0</v>
+      </c>
+      <c r="D60" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E60" s="25"/>
+      <c r="F60" s="25"/>
+      <c r="G60" s="25"/>
+      <c r="H60" s="25"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A61" s="30">
+        <v>41</v>
+      </c>
+      <c r="B61" s="30">
+        <f>'Shareholder TSE sheet'!E50</f>
+        <v>0</v>
+      </c>
+      <c r="C61" s="31">
+        <f>'Shareholder TSE sheet'!I50</f>
+        <v>0</v>
+      </c>
+      <c r="D61" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E61" s="25"/>
+      <c r="F61" s="25"/>
+      <c r="G61" s="25"/>
+      <c r="H61" s="25"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A62" s="30">
+        <v>42</v>
+      </c>
+      <c r="B62" s="30">
+        <f>'Shareholder TSE sheet'!E51</f>
+        <v>0</v>
+      </c>
+      <c r="C62" s="31">
+        <f>'Shareholder TSE sheet'!I51</f>
+        <v>0</v>
+      </c>
+      <c r="D62" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E62" s="25"/>
+      <c r="F62" s="25"/>
+      <c r="G62" s="25"/>
+      <c r="H62" s="25"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A63" s="30">
+        <v>43</v>
+      </c>
+      <c r="B63" s="30">
+        <f>'Shareholder TSE sheet'!E52</f>
+        <v>0</v>
+      </c>
+      <c r="C63" s="31">
+        <f>'Shareholder TSE sheet'!I52</f>
+        <v>0</v>
+      </c>
+      <c r="D63" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E63" s="25"/>
+      <c r="F63" s="25"/>
+      <c r="G63" s="25"/>
+      <c r="H63" s="25"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A64" s="30">
+        <v>44</v>
+      </c>
+      <c r="B64" s="30">
+        <f>'Shareholder TSE sheet'!E53</f>
+        <v>0</v>
+      </c>
+      <c r="C64" s="31">
+        <f>'Shareholder TSE sheet'!I53</f>
+        <v>0</v>
+      </c>
+      <c r="D64" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E64" s="25"/>
+      <c r="F64" s="25"/>
+      <c r="G64" s="25"/>
+      <c r="H64" s="25"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A65" s="30">
+        <v>45</v>
+      </c>
+      <c r="B65" s="30">
+        <f>'Shareholder TSE sheet'!E54</f>
+        <v>0</v>
+      </c>
+      <c r="C65" s="31">
+        <f>'Shareholder TSE sheet'!I54</f>
+        <v>0</v>
+      </c>
+      <c r="D65" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E65" s="25"/>
+      <c r="F65" s="25"/>
+      <c r="G65" s="25"/>
+      <c r="H65" s="25"/>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A66" s="30">
+        <v>46</v>
+      </c>
+      <c r="B66" s="30">
+        <f>'Shareholder TSE sheet'!E55</f>
+        <v>0</v>
+      </c>
+      <c r="C66" s="31">
+        <f>'Shareholder TSE sheet'!I55</f>
+        <v>0</v>
+      </c>
+      <c r="D66" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E66" s="25"/>
+      <c r="F66" s="25"/>
+      <c r="G66" s="25"/>
+      <c r="H66" s="25"/>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A67" s="30">
+        <v>47</v>
+      </c>
+      <c r="B67" s="30">
+        <f>'Shareholder TSE sheet'!E56</f>
+        <v>0</v>
+      </c>
+      <c r="C67" s="31">
+        <f>'Shareholder TSE sheet'!I56</f>
+        <v>0</v>
+      </c>
+      <c r="D67" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E67" s="25"/>
+      <c r="F67" s="25"/>
+      <c r="G67" s="25"/>
+      <c r="H67" s="25"/>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A68" s="30">
+        <v>48</v>
+      </c>
+      <c r="B68" s="30">
+        <f>'Shareholder TSE sheet'!E57</f>
+        <v>0</v>
+      </c>
+      <c r="C68" s="31">
+        <f>'Shareholder TSE sheet'!I57</f>
+        <v>0</v>
+      </c>
+      <c r="D68" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E68" s="25"/>
+      <c r="F68" s="25"/>
+      <c r="G68" s="25"/>
+      <c r="H68" s="25"/>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A69" s="30">
+        <v>49</v>
+      </c>
+      <c r="B69" s="30">
+        <f>'Shareholder TSE sheet'!E58</f>
+        <v>0</v>
+      </c>
+      <c r="C69" s="31">
+        <f>'Shareholder TSE sheet'!I58</f>
+        <v>0</v>
+      </c>
+      <c r="D69" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E69" s="25"/>
+      <c r="F69" s="25"/>
+      <c r="G69" s="25"/>
+      <c r="H69" s="25"/>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A70" s="30">
+        <v>50</v>
+      </c>
+      <c r="B70" s="30">
+        <f>'Shareholder TSE sheet'!E59</f>
+        <v>0</v>
+      </c>
+      <c r="C70" s="31">
+        <f>'Shareholder TSE sheet'!I59</f>
+        <v>0</v>
+      </c>
+      <c r="D70" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E70" s="25"/>
+      <c r="F70" s="25"/>
+      <c r="G70" s="25"/>
+      <c r="H70" s="25"/>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A71" s="30">
+        <v>51</v>
+      </c>
+      <c r="B71" s="30">
+        <f>'Shareholder TSE sheet'!E60</f>
+        <v>0</v>
+      </c>
+      <c r="C71" s="31">
+        <f>'Shareholder TSE sheet'!I60</f>
+        <v>0</v>
+      </c>
+      <c r="D71" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E71" s="25"/>
+      <c r="F71" s="25"/>
+      <c r="G71" s="25"/>
+      <c r="H71" s="25"/>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A72" s="30">
+        <v>52</v>
+      </c>
+      <c r="B72" s="30">
+        <f>'Shareholder TSE sheet'!E61</f>
+        <v>0</v>
+      </c>
+      <c r="C72" s="31">
+        <f>'Shareholder TSE sheet'!I61</f>
+        <v>0</v>
+      </c>
+      <c r="D72" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E72" s="25"/>
+      <c r="F72" s="25"/>
+      <c r="G72" s="25"/>
+      <c r="H72" s="25"/>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A73" s="30">
+        <v>53</v>
+      </c>
+      <c r="B73" s="30">
+        <f>'Shareholder TSE sheet'!E62</f>
+        <v>0</v>
+      </c>
+      <c r="C73" s="31">
+        <f>'Shareholder TSE sheet'!I62</f>
+        <v>0</v>
+      </c>
+      <c r="D73" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E73" s="25"/>
+      <c r="F73" s="25"/>
+      <c r="G73" s="25"/>
+      <c r="H73" s="25"/>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A74" s="30">
+        <v>54</v>
+      </c>
+      <c r="B74" s="30">
+        <f>'Shareholder TSE sheet'!E63</f>
+        <v>0</v>
+      </c>
+      <c r="C74" s="31">
+        <f>'Shareholder TSE sheet'!I63</f>
+        <v>0</v>
+      </c>
+      <c r="D74" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E74" s="25"/>
+      <c r="F74" s="25"/>
+      <c r="G74" s="25"/>
+      <c r="H74" s="25"/>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A75" s="30">
+        <v>55</v>
+      </c>
+      <c r="B75" s="30">
+        <f>'Shareholder TSE sheet'!E64</f>
+        <v>0</v>
+      </c>
+      <c r="C75" s="31">
+        <f>'Shareholder TSE sheet'!I64</f>
+        <v>0</v>
+      </c>
+      <c r="D75" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E75" s="25"/>
+      <c r="F75" s="25"/>
+      <c r="G75" s="25"/>
+      <c r="H75" s="25"/>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A76" s="30">
+        <v>56</v>
+      </c>
+      <c r="B76" s="30">
+        <f>'Shareholder TSE sheet'!E65</f>
+        <v>0</v>
+      </c>
+      <c r="C76" s="31">
+        <f>'Shareholder TSE sheet'!I65</f>
+        <v>0</v>
+      </c>
+      <c r="D76" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E76" s="25"/>
+      <c r="F76" s="25"/>
+      <c r="G76" s="25"/>
+      <c r="H76" s="25"/>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A77" s="30">
+        <v>57</v>
+      </c>
+      <c r="B77" s="30">
+        <f>'Shareholder TSE sheet'!E66</f>
+        <v>0</v>
+      </c>
+      <c r="C77" s="31">
+        <f>'Shareholder TSE sheet'!I66</f>
+        <v>0</v>
+      </c>
+      <c r="D77" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E77" s="25"/>
+      <c r="F77" s="25"/>
+      <c r="G77" s="25"/>
+      <c r="H77" s="25"/>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A78" s="30">
+        <v>58</v>
+      </c>
+      <c r="B78" s="30">
+        <f>'Shareholder TSE sheet'!E67</f>
+        <v>0</v>
+      </c>
+      <c r="C78" s="31">
+        <f>'Shareholder TSE sheet'!I67</f>
+        <v>0</v>
+      </c>
+      <c r="D78" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E78" s="25"/>
+      <c r="F78" s="25"/>
+      <c r="G78" s="25"/>
+      <c r="H78" s="25"/>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A79" s="30">
+        <v>59</v>
+      </c>
+      <c r="B79" s="30">
+        <f>'Shareholder TSE sheet'!E68</f>
+        <v>0</v>
+      </c>
+      <c r="C79" s="31">
+        <f>'Shareholder TSE sheet'!I68</f>
+        <v>0</v>
+      </c>
+      <c r="D79" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E79" s="25"/>
+      <c r="F79" s="25"/>
+      <c r="G79" s="25"/>
+      <c r="H79" s="25"/>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A80" s="30">
+        <v>60</v>
+      </c>
+      <c r="B80" s="30">
+        <f>'Shareholder TSE sheet'!E69</f>
+        <v>0</v>
+      </c>
+      <c r="C80" s="31">
+        <f>'Shareholder TSE sheet'!I69</f>
+        <v>0</v>
+      </c>
+      <c r="D80" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E80" s="25"/>
+      <c r="F80" s="25"/>
+      <c r="G80" s="25"/>
+      <c r="H80" s="25"/>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A81" s="30">
+        <v>61</v>
+      </c>
+      <c r="B81" s="30">
+        <f>'Shareholder TSE sheet'!E70</f>
+        <v>0</v>
+      </c>
+      <c r="C81" s="31">
+        <f>'Shareholder TSE sheet'!I70</f>
+        <v>0</v>
+      </c>
+      <c r="D81" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E81" s="25"/>
+      <c r="F81" s="25"/>
+      <c r="G81" s="25"/>
+      <c r="H81" s="25"/>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A82" s="30">
+        <v>62</v>
+      </c>
+      <c r="B82" s="30">
+        <f>'Shareholder TSE sheet'!E71</f>
+        <v>0</v>
+      </c>
+      <c r="C82" s="31">
+        <f>'Shareholder TSE sheet'!I71</f>
+        <v>0</v>
+      </c>
+      <c r="D82" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E82" s="25"/>
+      <c r="F82" s="25"/>
+      <c r="G82" s="25"/>
+      <c r="H82" s="25"/>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A83" s="30">
+        <v>63</v>
+      </c>
+      <c r="B83" s="30">
+        <f>'Shareholder TSE sheet'!E72</f>
+        <v>0</v>
+      </c>
+      <c r="C83" s="31">
+        <f>'Shareholder TSE sheet'!I72</f>
+        <v>0</v>
+      </c>
+      <c r="D83" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E83" s="25"/>
+      <c r="F83" s="25"/>
+      <c r="G83" s="25"/>
+      <c r="H83" s="25"/>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A84" s="30">
+        <v>64</v>
+      </c>
+      <c r="B84" s="30">
+        <f>'Shareholder TSE sheet'!E73</f>
+        <v>0</v>
+      </c>
+      <c r="C84" s="31">
+        <f>'Shareholder TSE sheet'!I73</f>
+        <v>0</v>
+      </c>
+      <c r="D84" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E84" s="25"/>
+      <c r="F84" s="25"/>
+      <c r="G84" s="25"/>
+      <c r="H84" s="25"/>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A85" s="30">
+        <v>65</v>
+      </c>
+      <c r="B85" s="30">
+        <f>'Shareholder TSE sheet'!E74</f>
+        <v>0</v>
+      </c>
+      <c r="C85" s="31">
+        <f>'Shareholder TSE sheet'!I74</f>
+        <v>0</v>
+      </c>
+      <c r="D85" s="32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E85" s="25"/>
+      <c r="F85" s="25"/>
+      <c r="G85" s="25"/>
+      <c r="H85" s="25"/>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A86" s="30">
+        <v>66</v>
+      </c>
+      <c r="B86" s="30">
+        <f>'Shareholder TSE sheet'!E75</f>
+        <v>0</v>
+      </c>
+      <c r="C86" s="31">
+        <f>'Shareholder TSE sheet'!I75</f>
+        <v>0</v>
+      </c>
+      <c r="D86" s="32">
+        <f>IFERROR(C86/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E86" s="25"/>
+      <c r="F86" s="25"/>
+      <c r="G86" s="25"/>
+      <c r="H86" s="25"/>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A87" s="30">
+        <v>67</v>
+      </c>
+      <c r="B87" s="30">
+        <f>'Shareholder TSE sheet'!E76</f>
+        <v>0</v>
+      </c>
+      <c r="C87" s="31">
+        <f>'Shareholder TSE sheet'!I76</f>
+        <v>0</v>
+      </c>
+      <c r="D87" s="32">
+        <f>IFERROR(C87/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E87" s="25"/>
+      <c r="F87" s="25"/>
+      <c r="G87" s="25"/>
+      <c r="H87" s="25"/>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A88" s="30">
+        <v>68</v>
+      </c>
+      <c r="B88" s="30">
+        <f>'Shareholder TSE sheet'!E77</f>
+        <v>0</v>
+      </c>
+      <c r="C88" s="31">
+        <f>'Shareholder TSE sheet'!I77</f>
+        <v>0</v>
+      </c>
+      <c r="D88" s="32">
+        <f>IFERROR(C88/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E88" s="25"/>
+      <c r="F88" s="25"/>
+      <c r="G88" s="25"/>
+      <c r="H88" s="25"/>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A89" s="30">
+        <v>69</v>
+      </c>
+      <c r="B89" s="30">
+        <f>'Shareholder TSE sheet'!E78</f>
+        <v>0</v>
+      </c>
+      <c r="C89" s="31">
+        <f>'Shareholder TSE sheet'!I78</f>
+        <v>0</v>
+      </c>
+      <c r="D89" s="32">
+        <f>IFERROR(C89/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E89" s="25"/>
+      <c r="F89" s="25"/>
+      <c r="G89" s="25"/>
+      <c r="H89" s="25"/>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A90" s="30">
+        <v>70</v>
+      </c>
+      <c r="B90" s="30">
+        <f>'Shareholder TSE sheet'!E79</f>
+        <v>0</v>
+      </c>
+      <c r="C90" s="31">
+        <f>'Shareholder TSE sheet'!I79</f>
+        <v>0</v>
+      </c>
+      <c r="D90" s="32">
+        <f>IFERROR(C90/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E90" s="25"/>
+      <c r="F90" s="25"/>
+      <c r="G90" s="25"/>
+      <c r="H90" s="25"/>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A91" s="30">
+        <v>71</v>
+      </c>
+      <c r="B91" s="30">
+        <f>'Shareholder TSE sheet'!E80</f>
+        <v>0</v>
+      </c>
+      <c r="C91" s="31">
+        <f>'Shareholder TSE sheet'!I80</f>
+        <v>0</v>
+      </c>
+      <c r="D91" s="32">
+        <f>IFERROR(C91/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E91" s="25"/>
+      <c r="F91" s="25"/>
+      <c r="G91" s="25"/>
+      <c r="H91" s="25"/>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A92" s="30">
+        <v>72</v>
+      </c>
+      <c r="B92" s="30">
+        <f>'Shareholder TSE sheet'!E81</f>
+        <v>0</v>
+      </c>
+      <c r="C92" s="31">
+        <f>'Shareholder TSE sheet'!I81</f>
+        <v>0</v>
+      </c>
+      <c r="D92" s="32">
+        <f>IFERROR(C92/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E92" s="25"/>
+      <c r="F92" s="25"/>
+      <c r="G92" s="25"/>
+      <c r="H92" s="25"/>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A93" s="30">
+        <v>73</v>
+      </c>
+      <c r="B93" s="30">
+        <f>'Shareholder TSE sheet'!E82</f>
+        <v>0</v>
+      </c>
+      <c r="C93" s="31">
+        <f>'Shareholder TSE sheet'!I82</f>
+        <v>0</v>
+      </c>
+      <c r="D93" s="32">
+        <f>IFERROR(C93/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E93" s="25"/>
+      <c r="F93" s="25"/>
+      <c r="G93" s="25"/>
+      <c r="H93" s="25"/>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A94" s="30">
+        <v>74</v>
+      </c>
+      <c r="B94" s="30">
+        <f>'Shareholder TSE sheet'!E83</f>
+        <v>0</v>
+      </c>
+      <c r="C94" s="31">
+        <f>'Shareholder TSE sheet'!I83</f>
+        <v>0</v>
+      </c>
+      <c r="D94" s="32">
+        <f>IFERROR(C94/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E94" s="25"/>
+      <c r="F94" s="25"/>
+      <c r="G94" s="25"/>
+      <c r="H94" s="25"/>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A95" s="30">
+        <v>75</v>
+      </c>
+      <c r="B95" s="30">
+        <f>'Shareholder TSE sheet'!E84</f>
+        <v>0</v>
+      </c>
+      <c r="C95" s="31">
+        <f>'Shareholder TSE sheet'!I84</f>
+        <v>0</v>
+      </c>
+      <c r="D95" s="32">
+        <f>IFERROR(C95/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E95" s="25"/>
+      <c r="F95" s="25"/>
+      <c r="G95" s="25"/>
+      <c r="H95" s="25"/>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A96" s="30">
+        <v>76</v>
+      </c>
+      <c r="B96" s="30">
+        <f>'Shareholder TSE sheet'!E85</f>
+        <v>0</v>
+      </c>
+      <c r="C96" s="31">
+        <f>'Shareholder TSE sheet'!I85</f>
+        <v>0</v>
+      </c>
+      <c r="D96" s="32">
+        <f>IFERROR(C96/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E96" s="25"/>
+      <c r="F96" s="25"/>
+      <c r="G96" s="25"/>
+      <c r="H96" s="25"/>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A97" s="30">
+        <v>77</v>
+      </c>
+      <c r="B97" s="30">
+        <f>'Shareholder TSE sheet'!E86</f>
+        <v>0</v>
+      </c>
+      <c r="C97" s="31">
+        <f>'Shareholder TSE sheet'!I86</f>
+        <v>0</v>
+      </c>
+      <c r="D97" s="32">
+        <f>IFERROR(C97/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E97" s="25"/>
+      <c r="F97" s="25"/>
+      <c r="G97" s="25"/>
+      <c r="H97" s="25"/>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A98" s="30">
         <v>78</v>
       </c>
-      <c r="C1" s="84" t="str">
-[...32 lines deleted...]
-      <c r="E6" s="32">
+      <c r="B98" s="30">
+        <f>'Shareholder TSE sheet'!E87</f>
+        <v>0</v>
+      </c>
+      <c r="C98" s="31">
+        <f>'Shareholder TSE sheet'!I87</f>
+        <v>0</v>
+      </c>
+      <c r="D98" s="32">
+        <f>IFERROR(C98/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E98" s="25"/>
+      <c r="F98" s="25"/>
+      <c r="G98" s="25"/>
+      <c r="H98" s="25"/>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A99" s="30">
+        <v>79</v>
+      </c>
+      <c r="B99" s="30">
+        <f>'Shareholder TSE sheet'!E88</f>
+        <v>0</v>
+      </c>
+      <c r="C99" s="31">
+        <f>'Shareholder TSE sheet'!I88</f>
+        <v>0</v>
+      </c>
+      <c r="D99" s="32">
+        <f>IFERROR(C99/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E99" s="25"/>
+      <c r="F99" s="25"/>
+      <c r="G99" s="25"/>
+      <c r="H99" s="25"/>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A100" s="30">
         <v>80</v>
       </c>
-    </row>
-[...251 lines deleted...]
-      <c r="A28" s="38">
+      <c r="B100" s="30">
+        <f>'Shareholder TSE sheet'!E89</f>
+        <v>0</v>
+      </c>
+      <c r="C100" s="31">
+        <f>'Shareholder TSE sheet'!I89</f>
+        <v>0</v>
+      </c>
+      <c r="D100" s="32">
+        <f>IFERROR(C100/$C$17*$E$12,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E100" s="25"/>
+      <c r="F100" s="25"/>
+      <c r="G100" s="25"/>
+      <c r="H100" s="25"/>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A101" s="30"/>
+      <c r="B101" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="B28" s="38" t="str">
-[...1778 lines deleted...]
-      <c r="B135" s="25"/>
+      <c r="C101" s="82">
+        <f>SUM(C21:C100)</f>
+        <v>0</v>
+      </c>
+      <c r="D101" s="82">
+        <f>SUM(D21:D100)</f>
+        <v>0</v>
+      </c>
+      <c r="E101" s="25"/>
+      <c r="F101" s="25"/>
+      <c r="G101" s="25"/>
+      <c r="H101" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C1:E1"/>
-    <mergeCell ref="A15:E15"/>
-[...3 lines deleted...]
-    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A19:A20"/>
+    <mergeCell ref="B19:B20"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="C15:D15"/>
   </mergeCells>
-  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
-  <rowBreaks count="1" manualBreakCount="1">
-[...1 lines deleted...]
-  </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor theme="9" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:H62"/>
+  <dimension ref="A1:J107"/>
   <sheetViews>
-    <sheetView topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M25" sqref="M25"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K19" sqref="K19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="15.5703125" style="8" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="8.85546875" style="8"/>
+    <col min="1" max="1" width="15.5546875" style="5" customWidth="1"/>
+    <col min="2" max="2" width="32.88671875" style="5" customWidth="1"/>
+    <col min="3" max="3" width="12.44140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="11.44140625" style="5" customWidth="1"/>
+    <col min="5" max="5" width="11.109375" style="5" customWidth="1"/>
+    <col min="6" max="6" width="10.88671875" style="5" customWidth="1"/>
+    <col min="7" max="7" width="12" style="5" customWidth="1"/>
+    <col min="8" max="8" width="10.88671875" style="5" customWidth="1"/>
+    <col min="9" max="9" width="0.21875" style="5" customWidth="1"/>
+    <col min="10" max="10" width="8.88671875" style="5" hidden="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="51" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-      <c r="A3" s="53" t="s">
+    <row r="1" spans="1:8" s="40" customFormat="1" ht="18" x14ac:dyDescent="0.35">
+      <c r="A1" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="68"/>
+      <c r="C1" s="68"/>
+      <c r="D1" s="68"/>
+      <c r="E1" s="68"/>
+      <c r="F1" s="68"/>
+      <c r="G1" s="68"/>
+      <c r="H1" s="68"/>
+    </row>
+    <row r="2" spans="1:8" s="40" customFormat="1" ht="18" x14ac:dyDescent="0.35">
+      <c r="A2" s="41"/>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+    </row>
+    <row r="3" spans="1:8" s="40" customFormat="1" ht="18" x14ac:dyDescent="0.35">
+      <c r="A3" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" s="43">
+        <f>'Steps - please read first!'!F1</f>
+        <v>0</v>
+      </c>
+      <c r="C3" s="41"/>
+      <c r="D3" s="41"/>
+      <c r="E3" s="41"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+    </row>
+    <row r="4" spans="1:8" s="40" customFormat="1" ht="18" x14ac:dyDescent="0.35">
+      <c r="A4" s="41"/>
+      <c r="B4" s="41"/>
+      <c r="C4" s="41"/>
+      <c r="D4" s="41"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A5" s="18"/>
+      <c r="B5" s="18"/>
+      <c r="C5" s="18"/>
+      <c r="D5" s="18"/>
+      <c r="E5" s="18"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A6" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="14"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A8" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A9" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A10" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A12" s="6"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="B13" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C13" s="15"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="B14" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="17">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="B15" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" s="9">
+        <f>C14*C13</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="B16" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C16" s="9">
+        <f>C13-C15</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A17" s="6"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="B18" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="8">
+        <f>'Shareholder TSE sheet'!I7</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="6"/>
+    </row>
+    <row r="20" spans="1:8" ht="45.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="69" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" s="70"/>
+      <c r="C20" s="70"/>
+      <c r="D20" s="70"/>
+      <c r="E20" s="71"/>
+      <c r="F20" s="11"/>
+      <c r="G20" s="11"/>
+    </row>
+    <row r="21" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="6"/>
+    </row>
+    <row r="22" spans="1:8" ht="18.600000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="36" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22" s="37"/>
+      <c r="C22" s="37"/>
+      <c r="D22" s="37"/>
+      <c r="E22" s="38"/>
+      <c r="F22" s="39"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="B24" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A25" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="B25" s="72" t="s">
+        <v>16</v>
+      </c>
+      <c r="C25" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="H25" s="10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="27.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="72"/>
+      <c r="B26" s="72"/>
+      <c r="C26" s="74"/>
+      <c r="D26" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="G26" s="10"/>
+      <c r="H26" s="8"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="10">
+        <v>1</v>
+      </c>
+      <c r="B27" s="10">
+        <f>'Shareholder TSE sheet'!E10</f>
+        <v>0</v>
+      </c>
+      <c r="C27" s="12">
+        <f>'Shareholder TSE sheet'!I10</f>
+        <v>0</v>
+      </c>
+      <c r="D27" s="13">
+        <f>IFERROR((C27/$C$18)*$C$13,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E27" s="13">
+        <f>IFERROR((C27/$C$18)*$C$15,0)</f>
+        <v>0</v>
+      </c>
+      <c r="F27" s="13">
+        <f t="shared" ref="F27:F33" si="0">E27</f>
+        <v>0</v>
+      </c>
+      <c r="G27" s="13">
+        <f>D27-E27</f>
+        <v>0</v>
+      </c>
+      <c r="H27" s="35"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="10">
+        <v>2</v>
+      </c>
+      <c r="B28" s="10">
+        <f>'Shareholder TSE sheet'!E11</f>
+        <v>0</v>
+      </c>
+      <c r="C28" s="12">
+        <f>'Shareholder TSE sheet'!I11</f>
+        <v>0</v>
+      </c>
+      <c r="D28" s="13">
+        <f t="shared" ref="D28:D91" si="1">IFERROR((C28/$C$18)*$C$13,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E28" s="13">
+        <f t="shared" ref="E28:E91" si="2">IFERROR((C28/$C$18)*$C$15,0)</f>
+        <v>0</v>
+      </c>
+      <c r="F28" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G28" s="13">
+        <f t="shared" ref="G28:G37" si="3">D28-E28</f>
+        <v>0</v>
+      </c>
+      <c r="H28" s="35"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="10">
+        <v>3</v>
+      </c>
+      <c r="B29" s="10">
+        <f>'Shareholder TSE sheet'!E12</f>
+        <v>0</v>
+      </c>
+      <c r="C29" s="12">
+        <f>'Shareholder TSE sheet'!I12</f>
+        <v>0</v>
+      </c>
+      <c r="D29" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E29" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F29" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G29" s="13">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H29" s="35"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="10">
+        <v>4</v>
+      </c>
+      <c r="B30" s="10">
+        <f>'Shareholder TSE sheet'!E13</f>
+        <v>0</v>
+      </c>
+      <c r="C30" s="12">
+        <f>'Shareholder TSE sheet'!I13</f>
+        <v>0</v>
+      </c>
+      <c r="D30" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E30" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F30" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G30" s="13">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H30" s="35"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A31" s="10">
+        <v>5</v>
+      </c>
+      <c r="B31" s="10">
+        <f>'Shareholder TSE sheet'!E14</f>
+        <v>0</v>
+      </c>
+      <c r="C31" s="12">
+        <f>'Shareholder TSE sheet'!I14</f>
+        <v>0</v>
+      </c>
+      <c r="D31" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E31" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F31" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G31" s="13">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H31" s="35"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A32" s="10">
+        <v>6</v>
+      </c>
+      <c r="B32" s="10">
+        <f>'Shareholder TSE sheet'!E15</f>
+        <v>0</v>
+      </c>
+      <c r="C32" s="12">
+        <f>'Shareholder TSE sheet'!I15</f>
+        <v>0</v>
+      </c>
+      <c r="D32" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E32" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F32" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G32" s="13">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H32" s="35"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A33" s="10">
+        <v>7</v>
+      </c>
+      <c r="B33" s="10">
+        <f>'Shareholder TSE sheet'!E16</f>
+        <v>0</v>
+      </c>
+      <c r="C33" s="12">
+        <f>'Shareholder TSE sheet'!I16</f>
+        <v>0</v>
+      </c>
+      <c r="D33" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E33" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F33" s="13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G33" s="13">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H33" s="35"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A34" s="10">
+        <v>8</v>
+      </c>
+      <c r="B34" s="10">
+        <f>'Shareholder TSE sheet'!E17</f>
+        <v>0</v>
+      </c>
+      <c r="C34" s="12">
+        <f>'Shareholder TSE sheet'!I17</f>
+        <v>0</v>
+      </c>
+      <c r="D34" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E34" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F34" s="13">
+        <f t="shared" ref="F34:F37" si="4">E34</f>
+        <v>0</v>
+      </c>
+      <c r="G34" s="13">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H34" s="35"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A35" s="10">
+        <v>9</v>
+      </c>
+      <c r="B35" s="10">
+        <f>'Shareholder TSE sheet'!E18</f>
+        <v>0</v>
+      </c>
+      <c r="C35" s="12">
+        <f>'Shareholder TSE sheet'!I18</f>
+        <v>0</v>
+      </c>
+      <c r="D35" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E35" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F35" s="13">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G35" s="13">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H35" s="35"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A36" s="10">
+        <v>10</v>
+      </c>
+      <c r="B36" s="10">
+        <f>'Shareholder TSE sheet'!E19</f>
+        <v>0</v>
+      </c>
+      <c r="C36" s="12">
+        <f>'Shareholder TSE sheet'!I19</f>
+        <v>0</v>
+      </c>
+      <c r="D36" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E36" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F36" s="13">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G36" s="13">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H36" s="35"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A37" s="10">
+        <v>11</v>
+      </c>
+      <c r="B37" s="10">
+        <f>'Shareholder TSE sheet'!E20</f>
+        <v>0</v>
+      </c>
+      <c r="C37" s="12">
+        <f>'Shareholder TSE sheet'!I20</f>
+        <v>0</v>
+      </c>
+      <c r="D37" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E37" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F37" s="13">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G37" s="13">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H37" s="35"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A38" s="10">
+        <v>12</v>
+      </c>
+      <c r="B38" s="10">
+        <f>'Shareholder TSE sheet'!E21</f>
+        <v>0</v>
+      </c>
+      <c r="C38" s="12">
+        <f>'Shareholder TSE sheet'!I21</f>
+        <v>0</v>
+      </c>
+      <c r="D38" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E38" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F38" s="13">
+        <f t="shared" ref="F38:F91" si="5">E38</f>
+        <v>0</v>
+      </c>
+      <c r="G38" s="13">
+        <f t="shared" ref="G38:G91" si="6">D38-E38</f>
+        <v>0</v>
+      </c>
+      <c r="H38" s="35"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A39" s="10">
+        <v>13</v>
+      </c>
+      <c r="B39" s="10">
+        <f>'Shareholder TSE sheet'!E22</f>
+        <v>0</v>
+      </c>
+      <c r="C39" s="12">
+        <f>'Shareholder TSE sheet'!I22</f>
+        <v>0</v>
+      </c>
+      <c r="D39" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E39" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F39" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G39" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H39" s="35"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A40" s="10">
+        <v>14</v>
+      </c>
+      <c r="B40" s="10">
+        <f>'Shareholder TSE sheet'!E23</f>
+        <v>0</v>
+      </c>
+      <c r="C40" s="12">
+        <f>'Shareholder TSE sheet'!I23</f>
+        <v>0</v>
+      </c>
+      <c r="D40" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E40" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F40" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G40" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H40" s="35"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A41" s="10">
+        <v>15</v>
+      </c>
+      <c r="B41" s="10">
+        <f>'Shareholder TSE sheet'!E24</f>
+        <v>0</v>
+      </c>
+      <c r="C41" s="12">
+        <f>'Shareholder TSE sheet'!I24</f>
+        <v>0</v>
+      </c>
+      <c r="D41" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E41" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F41" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G41" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H41" s="35"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A42" s="10">
+        <v>16</v>
+      </c>
+      <c r="B42" s="10">
+        <f>'Shareholder TSE sheet'!E25</f>
+        <v>0</v>
+      </c>
+      <c r="C42" s="12">
+        <f>'Shareholder TSE sheet'!I25</f>
+        <v>0</v>
+      </c>
+      <c r="D42" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E42" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F42" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G42" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H42" s="35"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A43" s="10">
+        <v>17</v>
+      </c>
+      <c r="B43" s="10">
+        <f>'Shareholder TSE sheet'!E26</f>
+        <v>0</v>
+      </c>
+      <c r="C43" s="12">
+        <f>'Shareholder TSE sheet'!I26</f>
+        <v>0</v>
+      </c>
+      <c r="D43" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E43" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F43" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G43" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H43" s="35"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A44" s="10">
+        <v>18</v>
+      </c>
+      <c r="B44" s="10">
+        <f>'Shareholder TSE sheet'!E27</f>
+        <v>0</v>
+      </c>
+      <c r="C44" s="12">
+        <f>'Shareholder TSE sheet'!I27</f>
+        <v>0</v>
+      </c>
+      <c r="D44" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E44" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F44" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G44" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H44" s="35"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A45" s="10">
+        <v>19</v>
+      </c>
+      <c r="B45" s="10">
+        <f>'Shareholder TSE sheet'!E28</f>
+        <v>0</v>
+      </c>
+      <c r="C45" s="12">
+        <f>'Shareholder TSE sheet'!I28</f>
+        <v>0</v>
+      </c>
+      <c r="D45" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E45" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F45" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G45" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H45" s="35"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A46" s="10">
+        <v>20</v>
+      </c>
+      <c r="B46" s="10">
+        <f>'Shareholder TSE sheet'!E29</f>
+        <v>0</v>
+      </c>
+      <c r="C46" s="12">
+        <f>'Shareholder TSE sheet'!I29</f>
+        <v>0</v>
+      </c>
+      <c r="D46" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E46" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F46" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G46" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H46" s="35"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A47" s="10">
+        <v>21</v>
+      </c>
+      <c r="B47" s="10">
+        <f>'Shareholder TSE sheet'!E30</f>
+        <v>0</v>
+      </c>
+      <c r="C47" s="12">
+        <f>'Shareholder TSE sheet'!I30</f>
+        <v>0</v>
+      </c>
+      <c r="D47" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E47" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F47" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G47" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H47" s="35"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A48" s="10">
+        <v>22</v>
+      </c>
+      <c r="B48" s="10">
+        <f>'Shareholder TSE sheet'!E31</f>
+        <v>0</v>
+      </c>
+      <c r="C48" s="12">
+        <f>'Shareholder TSE sheet'!I31</f>
+        <v>0</v>
+      </c>
+      <c r="D48" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E48" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F48" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G48" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H48" s="35"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A49" s="10">
+        <v>23</v>
+      </c>
+      <c r="B49" s="10">
+        <f>'Shareholder TSE sheet'!E32</f>
+        <v>0</v>
+      </c>
+      <c r="C49" s="12">
+        <f>'Shareholder TSE sheet'!I32</f>
+        <v>0</v>
+      </c>
+      <c r="D49" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E49" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F49" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G49" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H49" s="35"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A50" s="10">
+        <v>24</v>
+      </c>
+      <c r="B50" s="10">
+        <f>'Shareholder TSE sheet'!E33</f>
+        <v>0</v>
+      </c>
+      <c r="C50" s="12">
+        <f>'Shareholder TSE sheet'!I33</f>
+        <v>0</v>
+      </c>
+      <c r="D50" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E50" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F50" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G50" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H50" s="35"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A51" s="10">
+        <v>25</v>
+      </c>
+      <c r="B51" s="10">
+        <f>'Shareholder TSE sheet'!E34</f>
+        <v>0</v>
+      </c>
+      <c r="C51" s="12">
+        <f>'Shareholder TSE sheet'!I34</f>
+        <v>0</v>
+      </c>
+      <c r="D51" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E51" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F51" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G51" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H51" s="35"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A52" s="10">
+        <v>26</v>
+      </c>
+      <c r="B52" s="10">
+        <f>'Shareholder TSE sheet'!E35</f>
+        <v>0</v>
+      </c>
+      <c r="C52" s="12">
+        <f>'Shareholder TSE sheet'!I35</f>
+        <v>0</v>
+      </c>
+      <c r="D52" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E52" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F52" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G52" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H52" s="35"/>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A53" s="10">
+        <v>27</v>
+      </c>
+      <c r="B53" s="10">
+        <f>'Shareholder TSE sheet'!E36</f>
+        <v>0</v>
+      </c>
+      <c r="C53" s="12">
+        <f>'Shareholder TSE sheet'!I36</f>
+        <v>0</v>
+      </c>
+      <c r="D53" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E53" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F53" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G53" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H53" s="35"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A54" s="10">
+        <v>28</v>
+      </c>
+      <c r="B54" s="10">
+        <f>'Shareholder TSE sheet'!E37</f>
+        <v>0</v>
+      </c>
+      <c r="C54" s="12">
+        <f>'Shareholder TSE sheet'!I37</f>
+        <v>0</v>
+      </c>
+      <c r="D54" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E54" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F54" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G54" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H54" s="35"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A55" s="10">
+        <v>29</v>
+      </c>
+      <c r="B55" s="10">
+        <f>'Shareholder TSE sheet'!E38</f>
+        <v>0</v>
+      </c>
+      <c r="C55" s="12">
+        <f>'Shareholder TSE sheet'!I38</f>
+        <v>0</v>
+      </c>
+      <c r="D55" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E55" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F55" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G55" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H55" s="35"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A56" s="10">
+        <v>30</v>
+      </c>
+      <c r="B56" s="10">
+        <f>'Shareholder TSE sheet'!E39</f>
+        <v>0</v>
+      </c>
+      <c r="C56" s="12">
+        <f>'Shareholder TSE sheet'!I39</f>
+        <v>0</v>
+      </c>
+      <c r="D56" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E56" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F56" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G56" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H56" s="35"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A57" s="10">
+        <v>31</v>
+      </c>
+      <c r="B57" s="10">
+        <f>'Shareholder TSE sheet'!E40</f>
+        <v>0</v>
+      </c>
+      <c r="C57" s="12">
+        <f>'Shareholder TSE sheet'!I40</f>
+        <v>0</v>
+      </c>
+      <c r="D57" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E57" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F57" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G57" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H57" s="35"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A58" s="10">
+        <v>32</v>
+      </c>
+      <c r="B58" s="10">
+        <f>'Shareholder TSE sheet'!E41</f>
+        <v>0</v>
+      </c>
+      <c r="C58" s="12">
+        <f>'Shareholder TSE sheet'!I41</f>
+        <v>0</v>
+      </c>
+      <c r="D58" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E58" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F58" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G58" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H58" s="35"/>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A59" s="10">
+        <v>33</v>
+      </c>
+      <c r="B59" s="10">
+        <f>'Shareholder TSE sheet'!E42</f>
+        <v>0</v>
+      </c>
+      <c r="C59" s="12">
+        <f>'Shareholder TSE sheet'!I42</f>
+        <v>0</v>
+      </c>
+      <c r="D59" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E59" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F59" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G59" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H59" s="35"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A60" s="10">
+        <v>34</v>
+      </c>
+      <c r="B60" s="10">
+        <f>'Shareholder TSE sheet'!E43</f>
+        <v>0</v>
+      </c>
+      <c r="C60" s="12">
+        <f>'Shareholder TSE sheet'!I43</f>
+        <v>0</v>
+      </c>
+      <c r="D60" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E60" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F60" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G60" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H60" s="35"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A61" s="10">
+        <v>35</v>
+      </c>
+      <c r="B61" s="10">
+        <f>'Shareholder TSE sheet'!E44</f>
+        <v>0</v>
+      </c>
+      <c r="C61" s="12">
+        <f>'Shareholder TSE sheet'!I44</f>
+        <v>0</v>
+      </c>
+      <c r="D61" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E61" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F61" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G61" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H61" s="35"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A62" s="10">
+        <v>36</v>
+      </c>
+      <c r="B62" s="10">
+        <f>'Shareholder TSE sheet'!E45</f>
+        <v>0</v>
+      </c>
+      <c r="C62" s="12">
+        <f>'Shareholder TSE sheet'!I45</f>
+        <v>0</v>
+      </c>
+      <c r="D62" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E62" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F62" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G62" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H62" s="35"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A63" s="10">
+        <v>37</v>
+      </c>
+      <c r="B63" s="10">
+        <f>'Shareholder TSE sheet'!E46</f>
+        <v>0</v>
+      </c>
+      <c r="C63" s="12">
+        <f>'Shareholder TSE sheet'!I46</f>
+        <v>0</v>
+      </c>
+      <c r="D63" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E63" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F63" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G63" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H63" s="35"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A64" s="10">
+        <v>38</v>
+      </c>
+      <c r="B64" s="10">
+        <f>'Shareholder TSE sheet'!E47</f>
+        <v>0</v>
+      </c>
+      <c r="C64" s="12">
+        <f>'Shareholder TSE sheet'!I47</f>
+        <v>0</v>
+      </c>
+      <c r="D64" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E64" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F64" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G64" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H64" s="35"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A65" s="10">
+        <v>39</v>
+      </c>
+      <c r="B65" s="10">
+        <f>'Shareholder TSE sheet'!E48</f>
+        <v>0</v>
+      </c>
+      <c r="C65" s="12">
+        <f>'Shareholder TSE sheet'!I48</f>
+        <v>0</v>
+      </c>
+      <c r="D65" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E65" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F65" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G65" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H65" s="35"/>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A66" s="10">
+        <v>40</v>
+      </c>
+      <c r="B66" s="10">
+        <f>'Shareholder TSE sheet'!E49</f>
+        <v>0</v>
+      </c>
+      <c r="C66" s="12">
+        <f>'Shareholder TSE sheet'!I49</f>
+        <v>0</v>
+      </c>
+      <c r="D66" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E66" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F66" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G66" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H66" s="35"/>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A67" s="10">
+        <v>41</v>
+      </c>
+      <c r="B67" s="10">
+        <f>'Shareholder TSE sheet'!E50</f>
+        <v>0</v>
+      </c>
+      <c r="C67" s="12">
+        <f>'Shareholder TSE sheet'!I50</f>
+        <v>0</v>
+      </c>
+      <c r="D67" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E67" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F67" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G67" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H67" s="35"/>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A68" s="10">
+        <v>42</v>
+      </c>
+      <c r="B68" s="10">
+        <f>'Shareholder TSE sheet'!E51</f>
+        <v>0</v>
+      </c>
+      <c r="C68" s="12">
+        <f>'Shareholder TSE sheet'!I51</f>
+        <v>0</v>
+      </c>
+      <c r="D68" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E68" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F68" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G68" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H68" s="35"/>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A69" s="10">
+        <v>43</v>
+      </c>
+      <c r="B69" s="10">
+        <f>'Shareholder TSE sheet'!E52</f>
+        <v>0</v>
+      </c>
+      <c r="C69" s="12">
+        <f>'Shareholder TSE sheet'!I52</f>
+        <v>0</v>
+      </c>
+      <c r="D69" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E69" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F69" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G69" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H69" s="35"/>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A70" s="10">
+        <v>44</v>
+      </c>
+      <c r="B70" s="10">
+        <f>'Shareholder TSE sheet'!E53</f>
+        <v>0</v>
+      </c>
+      <c r="C70" s="12">
+        <f>'Shareholder TSE sheet'!I53</f>
+        <v>0</v>
+      </c>
+      <c r="D70" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E70" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F70" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G70" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H70" s="35"/>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A71" s="10">
+        <v>45</v>
+      </c>
+      <c r="B71" s="10">
+        <f>'Shareholder TSE sheet'!E54</f>
+        <v>0</v>
+      </c>
+      <c r="C71" s="12">
+        <f>'Shareholder TSE sheet'!I54</f>
+        <v>0</v>
+      </c>
+      <c r="D71" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E71" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F71" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G71" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H71" s="35"/>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A72" s="10">
+        <v>46</v>
+      </c>
+      <c r="B72" s="10">
+        <f>'Shareholder TSE sheet'!E55</f>
+        <v>0</v>
+      </c>
+      <c r="C72" s="12">
+        <f>'Shareholder TSE sheet'!I55</f>
+        <v>0</v>
+      </c>
+      <c r="D72" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E72" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F72" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G72" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H72" s="35"/>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A73" s="10">
+        <v>47</v>
+      </c>
+      <c r="B73" s="10">
+        <f>'Shareholder TSE sheet'!E56</f>
+        <v>0</v>
+      </c>
+      <c r="C73" s="12">
+        <f>'Shareholder TSE sheet'!I56</f>
+        <v>0</v>
+      </c>
+      <c r="D73" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E73" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F73" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G73" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H73" s="35"/>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A74" s="10">
+        <v>48</v>
+      </c>
+      <c r="B74" s="10">
+        <f>'Shareholder TSE sheet'!E57</f>
+        <v>0</v>
+      </c>
+      <c r="C74" s="12">
+        <f>'Shareholder TSE sheet'!I57</f>
+        <v>0</v>
+      </c>
+      <c r="D74" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E74" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F74" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G74" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H74" s="35"/>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A75" s="10">
+        <v>49</v>
+      </c>
+      <c r="B75" s="10">
+        <f>'Shareholder TSE sheet'!E58</f>
+        <v>0</v>
+      </c>
+      <c r="C75" s="12">
+        <f>'Shareholder TSE sheet'!I58</f>
+        <v>0</v>
+      </c>
+      <c r="D75" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E75" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F75" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G75" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H75" s="35"/>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A76" s="10">
+        <v>50</v>
+      </c>
+      <c r="B76" s="10">
+        <f>'Shareholder TSE sheet'!E59</f>
+        <v>0</v>
+      </c>
+      <c r="C76" s="12">
+        <f>'Shareholder TSE sheet'!I59</f>
+        <v>0</v>
+      </c>
+      <c r="D76" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E76" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F76" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G76" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H76" s="35"/>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A77" s="10">
+        <v>51</v>
+      </c>
+      <c r="B77" s="10">
+        <f>'Shareholder TSE sheet'!E60</f>
+        <v>0</v>
+      </c>
+      <c r="C77" s="12">
+        <f>'Shareholder TSE sheet'!I60</f>
+        <v>0</v>
+      </c>
+      <c r="D77" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E77" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F77" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G77" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H77" s="35"/>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A78" s="10">
+        <v>52</v>
+      </c>
+      <c r="B78" s="10">
+        <f>'Shareholder TSE sheet'!E61</f>
+        <v>0</v>
+      </c>
+      <c r="C78" s="12">
+        <f>'Shareholder TSE sheet'!I61</f>
+        <v>0</v>
+      </c>
+      <c r="D78" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E78" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F78" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G78" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H78" s="35"/>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A79" s="10">
+        <v>53</v>
+      </c>
+      <c r="B79" s="10">
+        <f>'Shareholder TSE sheet'!E62</f>
+        <v>0</v>
+      </c>
+      <c r="C79" s="12">
+        <f>'Shareholder TSE sheet'!I62</f>
+        <v>0</v>
+      </c>
+      <c r="D79" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E79" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F79" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G79" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H79" s="35"/>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A80" s="10">
+        <v>54</v>
+      </c>
+      <c r="B80" s="10">
+        <f>'Shareholder TSE sheet'!E63</f>
+        <v>0</v>
+      </c>
+      <c r="C80" s="12">
+        <f>'Shareholder TSE sheet'!I63</f>
+        <v>0</v>
+      </c>
+      <c r="D80" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E80" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F80" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G80" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H80" s="35"/>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A81" s="10">
+        <v>55</v>
+      </c>
+      <c r="B81" s="10">
+        <f>'Shareholder TSE sheet'!E64</f>
+        <v>0</v>
+      </c>
+      <c r="C81" s="12">
+        <f>'Shareholder TSE sheet'!I64</f>
+        <v>0</v>
+      </c>
+      <c r="D81" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E81" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F81" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G81" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H81" s="35"/>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A82" s="10">
+        <v>56</v>
+      </c>
+      <c r="B82" s="10">
+        <f>'Shareholder TSE sheet'!E65</f>
+        <v>0</v>
+      </c>
+      <c r="C82" s="12">
+        <f>'Shareholder TSE sheet'!I65</f>
+        <v>0</v>
+      </c>
+      <c r="D82" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E82" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F82" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G82" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H82" s="35"/>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A83" s="10">
+        <v>57</v>
+      </c>
+      <c r="B83" s="10">
+        <f>'Shareholder TSE sheet'!E66</f>
+        <v>0</v>
+      </c>
+      <c r="C83" s="12">
+        <f>'Shareholder TSE sheet'!I66</f>
+        <v>0</v>
+      </c>
+      <c r="D83" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E83" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F83" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G83" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H83" s="35"/>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A84" s="10">
+        <v>58</v>
+      </c>
+      <c r="B84" s="10">
+        <f>'Shareholder TSE sheet'!E67</f>
+        <v>0</v>
+      </c>
+      <c r="C84" s="12">
+        <f>'Shareholder TSE sheet'!I67</f>
+        <v>0</v>
+      </c>
+      <c r="D84" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E84" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F84" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G84" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H84" s="35"/>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A85" s="10">
+        <v>59</v>
+      </c>
+      <c r="B85" s="10">
+        <f>'Shareholder TSE sheet'!E68</f>
+        <v>0</v>
+      </c>
+      <c r="C85" s="12">
+        <f>'Shareholder TSE sheet'!I68</f>
+        <v>0</v>
+      </c>
+      <c r="D85" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E85" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F85" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G85" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H85" s="35"/>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A86" s="10">
+        <v>60</v>
+      </c>
+      <c r="B86" s="10">
+        <f>'Shareholder TSE sheet'!E69</f>
+        <v>0</v>
+      </c>
+      <c r="C86" s="12">
+        <f>'Shareholder TSE sheet'!I69</f>
+        <v>0</v>
+      </c>
+      <c r="D86" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E86" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F86" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G86" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H86" s="35"/>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A87" s="10">
+        <v>61</v>
+      </c>
+      <c r="B87" s="10">
+        <f>'Shareholder TSE sheet'!E70</f>
+        <v>0</v>
+      </c>
+      <c r="C87" s="12">
+        <f>'Shareholder TSE sheet'!I70</f>
+        <v>0</v>
+      </c>
+      <c r="D87" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E87" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F87" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G87" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H87" s="35"/>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A88" s="10">
+        <v>62</v>
+      </c>
+      <c r="B88" s="10">
+        <f>'Shareholder TSE sheet'!E71</f>
+        <v>0</v>
+      </c>
+      <c r="C88" s="12">
+        <f>'Shareholder TSE sheet'!I71</f>
+        <v>0</v>
+      </c>
+      <c r="D88" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E88" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F88" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G88" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H88" s="35"/>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A89" s="10">
+        <v>63</v>
+      </c>
+      <c r="B89" s="10">
+        <f>'Shareholder TSE sheet'!E72</f>
+        <v>0</v>
+      </c>
+      <c r="C89" s="12">
+        <f>'Shareholder TSE sheet'!I72</f>
+        <v>0</v>
+      </c>
+      <c r="D89" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E89" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F89" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G89" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H89" s="35"/>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A90" s="10">
+        <v>64</v>
+      </c>
+      <c r="B90" s="10">
+        <f>'Shareholder TSE sheet'!E73</f>
+        <v>0</v>
+      </c>
+      <c r="C90" s="12">
+        <f>'Shareholder TSE sheet'!I73</f>
+        <v>0</v>
+      </c>
+      <c r="D90" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E90" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F90" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G90" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H90" s="35"/>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A91" s="10">
+        <v>65</v>
+      </c>
+      <c r="B91" s="10">
+        <f>'Shareholder TSE sheet'!E74</f>
+        <v>0</v>
+      </c>
+      <c r="C91" s="12">
+        <f>'Shareholder TSE sheet'!I74</f>
+        <v>0</v>
+      </c>
+      <c r="D91" s="13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E91" s="13">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="F91" s="13">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G91" s="13">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H91" s="35"/>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A92" s="10">
+        <v>66</v>
+      </c>
+      <c r="B92" s="10">
+        <f>'Shareholder TSE sheet'!E75</f>
+        <v>0</v>
+      </c>
+      <c r="C92" s="12">
+        <f>'Shareholder TSE sheet'!I75</f>
+        <v>0</v>
+      </c>
+      <c r="D92" s="13">
+        <f t="shared" ref="D92:D106" si="7">IFERROR((C92/$C$18)*$C$13,0)</f>
+        <v>0</v>
+      </c>
+      <c r="E92" s="13">
+        <f t="shared" ref="E92:E106" si="8">IFERROR((C92/$C$18)*$C$15,0)</f>
+        <v>0</v>
+      </c>
+      <c r="F92" s="13">
+        <f t="shared" ref="F92:F106" si="9">E92</f>
+        <v>0</v>
+      </c>
+      <c r="G92" s="13">
+        <f t="shared" ref="G92:G106" si="10">D92-E92</f>
+        <v>0</v>
+      </c>
+      <c r="H92" s="35"/>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A93" s="10">
+        <v>67</v>
+      </c>
+      <c r="B93" s="10">
+        <f>'Shareholder TSE sheet'!E76</f>
+        <v>0</v>
+      </c>
+      <c r="C93" s="12">
+        <f>'Shareholder TSE sheet'!I76</f>
+        <v>0</v>
+      </c>
+      <c r="D93" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E93" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F93" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G93" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H93" s="35"/>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A94" s="10">
+        <v>68</v>
+      </c>
+      <c r="B94" s="10">
+        <f>'Shareholder TSE sheet'!E77</f>
+        <v>0</v>
+      </c>
+      <c r="C94" s="12">
+        <f>'Shareholder TSE sheet'!I77</f>
+        <v>0</v>
+      </c>
+      <c r="D94" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E94" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F94" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G94" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H94" s="35"/>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A95" s="10">
+        <v>69</v>
+      </c>
+      <c r="B95" s="10">
+        <f>'Shareholder TSE sheet'!E78</f>
+        <v>0</v>
+      </c>
+      <c r="C95" s="12">
+        <f>'Shareholder TSE sheet'!I78</f>
+        <v>0</v>
+      </c>
+      <c r="D95" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E95" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F95" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G95" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H95" s="35"/>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A96" s="10">
+        <v>70</v>
+      </c>
+      <c r="B96" s="10">
+        <f>'Shareholder TSE sheet'!E79</f>
+        <v>0</v>
+      </c>
+      <c r="C96" s="12">
+        <f>'Shareholder TSE sheet'!I79</f>
+        <v>0</v>
+      </c>
+      <c r="D96" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E96" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F96" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G96" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H96" s="35"/>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A97" s="10">
+        <v>71</v>
+      </c>
+      <c r="B97" s="10">
+        <f>'Shareholder TSE sheet'!E80</f>
+        <v>0</v>
+      </c>
+      <c r="C97" s="12">
+        <f>'Shareholder TSE sheet'!I80</f>
+        <v>0</v>
+      </c>
+      <c r="D97" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E97" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F97" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G97" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H97" s="35"/>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A98" s="10">
         <v>72</v>
       </c>
-      <c r="B3" s="54" t="str">
-[...531 lines deleted...]
-      <c r="B38" s="13" t="str">
+      <c r="B98" s="10">
+        <f>'Shareholder TSE sheet'!E81</f>
+        <v>0</v>
+      </c>
+      <c r="C98" s="12">
+        <f>'Shareholder TSE sheet'!I81</f>
+        <v>0</v>
+      </c>
+      <c r="D98" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E98" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F98" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G98" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H98" s="35"/>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A99" s="10">
+        <v>73</v>
+      </c>
+      <c r="B99" s="10">
+        <f>'Shareholder TSE sheet'!E82</f>
+        <v>0</v>
+      </c>
+      <c r="C99" s="12">
+        <f>'Shareholder TSE sheet'!I82</f>
+        <v>0</v>
+      </c>
+      <c r="D99" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E99" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F99" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G99" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H99" s="35"/>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A100" s="10">
+        <v>74</v>
+      </c>
+      <c r="B100" s="10">
+        <f>'Shareholder TSE sheet'!E83</f>
+        <v>0</v>
+      </c>
+      <c r="C100" s="12">
+        <f>'Shareholder TSE sheet'!I83</f>
+        <v>0</v>
+      </c>
+      <c r="D100" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E100" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F100" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G100" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H100" s="35"/>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A101" s="10">
+        <v>75</v>
+      </c>
+      <c r="B101" s="10">
+        <f>'Shareholder TSE sheet'!E84</f>
+        <v>0</v>
+      </c>
+      <c r="C101" s="12">
+        <f>'Shareholder TSE sheet'!I84</f>
+        <v>0</v>
+      </c>
+      <c r="D101" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E101" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F101" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G101" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H101" s="35"/>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A102" s="10">
+        <v>76</v>
+      </c>
+      <c r="B102" s="10">
+        <f>'Shareholder TSE sheet'!E85</f>
+        <v>0</v>
+      </c>
+      <c r="C102" s="12">
+        <f>'Shareholder TSE sheet'!I85</f>
+        <v>0</v>
+      </c>
+      <c r="D102" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E102" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F102" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G102" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H102" s="35"/>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A103" s="10">
+        <v>77</v>
+      </c>
+      <c r="B103" s="10">
+        <f>'Shareholder TSE sheet'!E86</f>
+        <v>0</v>
+      </c>
+      <c r="C103" s="12">
+        <f>'Shareholder TSE sheet'!I86</f>
+        <v>0</v>
+      </c>
+      <c r="D103" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E103" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F103" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G103" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H103" s="35"/>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A104" s="10">
+        <v>78</v>
+      </c>
+      <c r="B104" s="10">
+        <f>'Shareholder TSE sheet'!E87</f>
+        <v>0</v>
+      </c>
+      <c r="C104" s="12">
+        <f>'Shareholder TSE sheet'!I87</f>
+        <v>0</v>
+      </c>
+      <c r="D104" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E104" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F104" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G104" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H104" s="35"/>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A105" s="10">
+        <v>79</v>
+      </c>
+      <c r="B105" s="10">
+        <f>'Shareholder TSE sheet'!E88</f>
+        <v>0</v>
+      </c>
+      <c r="C105" s="12">
+        <f>'Shareholder TSE sheet'!I88</f>
+        <v>0</v>
+      </c>
+      <c r="D105" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E105" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F105" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G105" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H105" s="35"/>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A106" s="10">
+        <v>80</v>
+      </c>
+      <c r="B106" s="10">
+        <f>'Shareholder TSE sheet'!E89</f>
+        <v>0</v>
+      </c>
+      <c r="C106" s="12">
+        <f>'Shareholder TSE sheet'!I89</f>
+        <v>0</v>
+      </c>
+      <c r="D106" s="13">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E106" s="13">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F106" s="13">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="G106" s="13">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H106" s="35"/>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A107" s="10"/>
+      <c r="B107" s="10" t="str">
         <f>'Shareholder TSE sheet'!E90</f>
         <v>Totals</v>
       </c>
-      <c r="C38" s="15">
-[...50 lines deleted...]
-      <c r="B62" s="9"/>
+      <c r="C107" s="12"/>
+      <c r="D107" s="13">
+        <f>SUM(D27:D106)</f>
+        <v>0</v>
+      </c>
+      <c r="E107" s="13">
+        <f t="shared" ref="E107:G107" si="11">SUM(E27:E106)</f>
+        <v>0</v>
+      </c>
+      <c r="F107" s="13">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="G107" s="13">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="H107" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A20:E20"/>
     <mergeCell ref="A25:A26"/>
     <mergeCell ref="C25:C26"/>
     <mergeCell ref="B25:B26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
-  <colBreaks count="1" manualBreakCount="1">
-[...1 lines deleted...]
-  </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Steps - please read first!</vt:lpstr>
       <vt:lpstr>Shareholder TSE sheet</vt:lpstr>
       <vt:lpstr>Grazing Fund Admin</vt:lpstr>
       <vt:lpstr>Notice &amp; Cost Division</vt:lpstr>
       <vt:lpstr>'Grazing Fund Admin'!Print_Area</vt:lpstr>
-      <vt:lpstr>'Notice &amp; Cost Division'!Print_Area</vt:lpstr>
       <vt:lpstr>'Shareholder TSE sheet'!Print_Area</vt:lpstr>
       <vt:lpstr>'Notice &amp; Cost Division'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Garry &amp; Siobhan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>